--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -11,100 +11,104 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="21126"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mkotov\Desktop\API GS1 Rus\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mkotov\Desktop\ЗАГРУЗЧИК 4\Выборка\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{849FFDD6-8690-4F6F-A96B-043B16373C24}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A6BF60A-8AF4-491D-87AC-083111B2B89A}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Заявление" sheetId="1" r:id="rId1"/>
     <sheet name="Счет-фактура" sheetId="2" r:id="rId2"/>
     <sheet name="Тарифы" sheetId="3" r:id="rId3"/>
     <sheet name="Справочники" sheetId="4" r:id="rId4"/>
     <sheet name="Акт" sheetId="7" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="n_1" localSheetId="1">{"","одинz","дваz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n_2" localSheetId="1">{"десятьz","одиннадцатьz","двенадцатьz","тринадцатьz","четырнадцатьz","пятнадцатьz","шестнадцатьz","семнадцатьz","восемнадцатьz","девятнадцатьz"}</definedName>
     <definedName name="n_2">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_3" localSheetId="1">{"";1;"двадцатьz";"тридцатьz";"сорокz";"пятьдесятz";"шестьдесятz";"семьдесятz";"восемьдесятz";"девяностоz"}</definedName>
     <definedName name="n_4" localSheetId="4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_5" localSheetId="1">{"","однаz","двеz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n0">"000000000000"&amp;MID(1/2,2,1)&amp;"00"</definedName>
     <definedName name="n0x" localSheetId="4">#N/A</definedName>
     <definedName name="n0x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_1)</definedName>
     <definedName name="n1x" localSheetId="4">#N/A</definedName>
     <definedName name="n1x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_5)</definedName>
     <definedName name="n3n">IF('[1]Счет-фактура'!n_3=1,'[1]Счет-фактура'!n_2,'[1]Счет-фактура'!n_3&amp;'[1]Счет-фактура'!n_1)</definedName>
     <definedName name="n4n">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="n5n">IF('[1]Счет-фактура'!n_3=1,'[1]Счет-фактура'!n_2,'[1]Счет-фактура'!n_3&amp;'[1]Счет-фактура'!n_5)</definedName>
     <definedName name="Количество_GTIN">Справочники!#REF!</definedName>
     <definedName name="Количество_GTIN_2">Справочники!#REF!</definedName>
     <definedName name="Количество_GTIN3" localSheetId="4">[1]Справочники!$A$3:$A$116</definedName>
     <definedName name="Количество_GTIN3">Справочники!#REF!</definedName>
     <definedName name="Количество_XML" localSheetId="4">[1]Справочники!$D$3:$D$116</definedName>
     <definedName name="Количество_XML">Справочники!#REF!</definedName>
     <definedName name="мил" localSheetId="4">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="мил">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="тыс" localSheetId="4">{0,"тысячz";1,"тысячаz";2,"тысячиz";5,"тысячz"}</definedName>
     <definedName name="тыс">{0,"тысячz";1,"тысячаz";2,"тысячиz";5,"тысячz"}</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B17" i="7" l="1"/>
+  <c r="B16" i="7"/>
+  <c r="B17" i="2"/>
+  <c r="B16" i="2"/>
   <c r="F18" i="7" l="1"/>
   <c r="F18" i="2"/>
   <c r="D18" i="7"/>
   <c r="D18" i="2"/>
   <c r="B18" i="7"/>
   <c r="B18" i="2"/>
   <c r="J29" i="4" l="1"/>
   <c r="J30" i="4" s="1"/>
   <c r="J31" i="4" s="1"/>
   <c r="J32" i="4" s="1"/>
   <c r="J33" i="4" s="1"/>
   <c r="J34" i="4" s="1"/>
   <c r="J35" i="4" s="1"/>
   <c r="J36" i="4" s="1"/>
   <c r="J37" i="4" s="1"/>
   <c r="J38" i="4" s="1"/>
   <c r="J39" i="4" s="1"/>
   <c r="J40" i="4" s="1"/>
   <c r="J41" i="4" s="1"/>
   <c r="J42" i="4" s="1"/>
   <c r="J43" i="4" s="1"/>
   <c r="J44" i="4" s="1"/>
   <c r="J45" i="4" s="1"/>
   <c r="J46" i="4" s="1"/>
   <c r="J47" i="4" s="1"/>
@@ -787,62 +791,58 @@
   <c r="B92" i="4" s="1"/>
   <c r="B93" i="4" s="1"/>
   <c r="B94" i="4" s="1"/>
   <c r="B95" i="4" s="1"/>
   <c r="B96" i="4" s="1"/>
   <c r="B97" i="4" s="1"/>
   <c r="B98" i="4" s="1"/>
   <c r="B99" i="4" s="1"/>
   <c r="B100" i="4" s="1"/>
   <c r="B101" i="4" s="1"/>
   <c r="B102" i="4" s="1"/>
   <c r="B103" i="4" s="1"/>
   <c r="B104" i="4" s="1"/>
   <c r="B105" i="4" s="1"/>
   <c r="B106" i="4" s="1"/>
   <c r="B107" i="4" s="1"/>
   <c r="B108" i="4" s="1"/>
   <c r="B109" i="4" s="1"/>
   <c r="B110" i="4" s="1"/>
   <c r="B111" i="4" s="1"/>
   <c r="B112" i="4" s="1"/>
   <c r="B113" i="4" s="1"/>
   <c r="B114" i="4" s="1"/>
   <c r="B115" i="4" s="1"/>
   <c r="B116" i="4" s="1"/>
-  <c r="B17" i="7" l="1"/>
-  <c r="B17" i="2"/>
   <c r="C6" i="7" l="1"/>
   <c r="B11" i="7" s="1"/>
   <c r="F15" i="7" l="1"/>
   <c r="F15" i="2"/>
   <c r="D16" i="2"/>
   <c r="F16" i="2" s="1"/>
   <c r="B4" i="7"/>
   <c r="A11" i="2"/>
-  <c r="B16" i="7" l="1"/>
-  <c r="B16" i="2"/>
   <c r="D4" i="7" l="1"/>
   <c r="D17" i="7" l="1"/>
   <c r="F17" i="7" s="1"/>
   <c r="A17" i="7"/>
   <c r="D16" i="7"/>
   <c r="F16" i="7" s="1"/>
   <c r="A16" i="7"/>
   <c r="A18" i="7" l="1"/>
   <c r="F19" i="7"/>
   <c r="D3" i="7"/>
   <c r="A17" i="2" l="1"/>
   <c r="D17" i="2"/>
   <c r="F17" i="2" s="1"/>
   <c r="F19" i="2" s="1"/>
   <c r="A16" i="2"/>
   <c r="C7" i="2"/>
   <c r="A24" i="2" l="1"/>
   <c r="A6" i="2"/>
   <c r="A18" i="2"/>
   <c r="D10" i="2"/>
   <c r="A3" i="2" l="1"/>
   <c r="A20" i="2"/>
   <c r="A20" i="7" s="1"/>
 </calcChain>
 </file>
@@ -937,51 +937,51 @@
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Максим Н. Котов</author>
   </authors>
   <commentList>
     <comment ref="F9" authorId="0" shapeId="0" xr:uid="{661B7D37-F9E2-48E8-8B3B-A88203CD883E}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите дату оплаты по договору
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="75">
   <si>
     <t>Введите дату заявления в формате ДД.ММ.ГГГГ</t>
   </si>
   <si>
     <t>GLN</t>
   </si>
   <si>
     <t>Количество GTIN</t>
   </si>
   <si>
     <t>Цена без НДС, руб. </t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬ:</t>
   </si>
   <si>
     <t>ЗАКАЗЧИК:</t>
   </si>
   <si>
     <t>Государственное предприятие
 «Центр Систем Идентификации»</t>
   </si>
   <si>
     <t>№</t>
   </si>
@@ -1055,53 +1055,50 @@
     <t>(ФИО, должность, подпись)</t>
   </si>
   <si>
     <t>Руководитель</t>
   </si>
   <si>
     <t>От Заказчика:</t>
   </si>
   <si>
     <t xml:space="preserve">       Услуги оказаны ЗАКАЗЧИКУ в полном объеме в требуемые сроки. К качеству оказанных услуг ЗАКАЗЧИК претензий не имеет.</t>
   </si>
   <si>
     <t xml:space="preserve">      Стоимость услуг без НДС на основании п.27 Гл.5 Декрета Президента Республики Беларусь №12 от 22.09.2005 г. "О Парке высоких технологий".</t>
   </si>
   <si>
     <t>г. Минск</t>
   </si>
   <si>
     <t xml:space="preserve">                    сдачи-приемки оказанных услуг</t>
   </si>
   <si>
     <t>АКТ №</t>
   </si>
   <si>
     <t>Исполнитель оказал Заказчику дополнительные услуги межведомственной распределенной информационной системы "Банк данных электронных паспортов товаров" (ePASS)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Количество, GTIN</t>
   </si>
   <si>
     <t>Код назначения платежа:</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Полное наименование юридического лица или ИП</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
@@ -1238,87 +1235,50 @@
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>это услуга по регистрации в ePASS электронных паспортов товаров с иностранными GTIN, а также кодами ISBN, ISSN, ISMN</t>
     </r>
   </si>
   <si>
-    <r>
-[...35 lines deleted...]
-  <si>
     <t>Цена без НДС, в указанных валютах платежа</t>
   </si>
   <si>
     <t>Белорусский рубль (BYN)</t>
   </si>
   <si>
     <t>Российский рубль (RUB)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Идентификатор налогоплательщика</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1401,88 +1361,50 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> на оказание услуг системы ePASS к которому заказываются дополнительные услуги
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>например:
 ПДЭПТ/692789593/060423</t>
     </r>
   </si>
   <si>
     <t>Идентификатор Заявления:</t>
-  </si>
-[...36 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Получение данных о товарах и организациях из ePASS посредством веб-сервисов</t>
   </si>
   <si>
     <t>Увеличение количества свыше 100 000 GTIN производится кратно 10 000, при этом стоимость каждых 10 000 GTIN составляет 505 белорусских рублей, 42708 российских рублей, 477 долларов США, 435 евро.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Услуга "Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации"
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
@@ -1623,51 +1545,132 @@
       <t xml:space="preserve">(договорной период равен 12 месяцам)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>укажите "ДА"</t>
     </r>
   </si>
   <si>
     <t>Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации</t>
   </si>
   <si>
     <t>Форма заявления действует до 31.12.2025</t>
   </si>
   <si>
     <t>Счет-фактура действует до 31.12.2025</t>
   </si>
   <si>
-    <t xml:space="preserve"> октября 2025 г.</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Объем подключаемых услуг</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>выберите количество из выпадающего списка</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Услуга "Получение данных о товарах и организациях из ePASS посредством веб-сервисов"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>это услуга по предоставление доступа к веб-сервисам сайта http://epass.by для автоматического получения электронных паспортов товаров и организаций по GTIN, GLN</t>
+    </r>
+  </si>
+  <si>
+    <t>Количество GTIN, GLN</t>
+  </si>
+  <si>
+    <t>Количество, штук</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> декабря 2025 г.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _₽_-;\-* #,##0.00\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.000\ _₽_-;\-* #,##0.000\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
@@ -2544,168 +2547,168 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Гиперссылка" xfId="4" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Обычный 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Финансовый" xfId="3" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -3948,77 +3951,78 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epass.by/jsf/Attendance.jsp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K12"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.85546875" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" customWidth="1"/>
     <col min="7" max="7" width="39.85546875" customWidth="1"/>
     <col min="8" max="8" width="38.7109375" customWidth="1"/>
-    <col min="9" max="10" width="43.140625" customWidth="1"/>
+    <col min="9" max="9" width="47" customWidth="1"/>
+    <col min="10" max="10" width="43.140625" customWidth="1"/>
     <col min="11" max="11" width="37" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="20">
-        <v>45931</v>
+        <v>45992</v>
       </c>
       <c r="B2" s="32" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3" spans="1:11" s="3" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="107" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="108"/>
       <c r="C3" s="108"/>
       <c r="D3" s="108"/>
       <c r="E3" s="108"/>
       <c r="F3" s="108"/>
       <c r="G3" s="108"/>
       <c r="H3" s="18"/>
       <c r="I3" s="18"/>
       <c r="J3" s="18"/>
       <c r="K3" s="18"/>
     </row>
     <row r="4" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="109" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="110"/>
       <c r="C4" s="110"/>
       <c r="D4" s="110"/>
       <c r="E4" s="110"/>
@@ -4043,112 +4047,112 @@
       <c r="I5" s="19"/>
       <c r="J5" s="100"/>
       <c r="K5" s="19"/>
     </row>
     <row r="6" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="113" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="114"/>
       <c r="C6" s="114"/>
       <c r="D6" s="114"/>
       <c r="E6" s="114"/>
       <c r="F6" s="114"/>
       <c r="G6" s="114"/>
     </row>
     <row r="7" spans="1:11" s="43" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="115" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="116"/>
       <c r="C7" s="116"/>
       <c r="D7" s="117"/>
       <c r="E7" s="117"/>
       <c r="F7" s="118"/>
       <c r="G7" s="119" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H7" s="105" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="I7" s="106"/>
       <c r="J7" s="121" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="K7" s="103" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="43" customFormat="1" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="54" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="55" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C8" s="90" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="91" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E8" s="86" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F8" s="56" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G8" s="120"/>
       <c r="H8" s="57" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I8" s="97" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="J8" s="122"/>
       <c r="K8" s="104"/>
     </row>
     <row r="9" spans="1:11" s="48" customFormat="1" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="44"/>
       <c r="B9" s="45"/>
       <c r="C9" s="47"/>
       <c r="D9" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="92" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F9" s="95"/>
       <c r="G9" s="44"/>
       <c r="H9" s="46">
         <v>0</v>
       </c>
       <c r="I9" s="98">
         <v>0</v>
       </c>
       <c r="J9" s="92" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="K9" s="96"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="41"/>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="42"/>
       <c r="I10" s="42"/>
       <c r="J10" s="42"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="39"/>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="82"/>
       <c r="E11" s="82"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
@@ -4212,449 +4216,449 @@
           <x14:formula1>
             <xm:f>Справочники!$N$2:$N$5</xm:f>
           </x14:formula1>
           <xm:sqref>E9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7B967ADA-4B58-4B66-8EA1-FE7FC8345F18}">
           <x14:formula1>
             <xm:f>Справочники!$L$1:$L$2</xm:f>
           </x14:formula1>
           <xm:sqref>K9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="C7" sqref="C7:F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
-    <col min="2" max="2" width="43.42578125" customWidth="1"/>
+    <col min="2" max="2" width="45.140625" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
-    <col min="4" max="4" width="19.28515625" customWidth="1"/>
+    <col min="4" max="4" width="21.42578125" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" customWidth="1"/>
     <col min="8" max="9" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A3" s="123" t="str">
+      <c r="A3" s="132" t="str">
         <f>"СЧЕТ-ФАКТУРА от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;" г."</f>
-        <v>СЧЕТ-ФАКТУРА от 01.10.2025 г.</v>
-[...4 lines deleted...]
-      <c r="E3" s="124"/>
+        <v>СЧЕТ-ФАКТУРА от 01.12.2025 г.</v>
+      </c>
+      <c r="B3" s="133"/>
+      <c r="C3" s="133"/>
+      <c r="D3" s="133"/>
+      <c r="E3" s="133"/>
       <c r="F3" s="112"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="78" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C4" s="17"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
     </row>
     <row r="5" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:6" s="2" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="128" t="str">
+      <c r="A6" s="135" t="str">
         <f>"К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № "&amp;C7&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)"</f>
-        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//011025 от 01.10.2025г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
-[...5 lines deleted...]
-      <c r="F6" s="126"/>
+        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//011225 от 01.12.2025г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
+      </c>
+      <c r="B6" s="124"/>
+      <c r="C6" s="124"/>
+      <c r="D6" s="124"/>
+      <c r="E6" s="124"/>
+      <c r="F6" s="124"/>
     </row>
     <row r="7" spans="1:6" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="25" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C7" s="129" t="str">
+        <v>62</v>
+      </c>
+      <c r="C7" s="136" t="str">
         <f>"ДСЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ДСЭПТ//011025</v>
-[...3 lines deleted...]
-      <c r="F7" s="126"/>
+        <v>ДСЭПТ//011225</v>
+      </c>
+      <c r="D7" s="136"/>
+      <c r="E7" s="124"/>
+      <c r="F7" s="124"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="131" t="s">
+      <c r="A9" s="125" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="131"/>
+      <c r="B9" s="125"/>
       <c r="C9" s="21"/>
-      <c r="D9" s="131" t="s">
+      <c r="D9" s="125" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="131"/>
+      <c r="E9" s="125"/>
     </row>
     <row r="10" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="125" t="s">
+      <c r="A10" s="128" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="134"/>
+      <c r="B10" s="129"/>
       <c r="C10" s="21"/>
-      <c r="D10" s="125">
+      <c r="D10" s="128">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
       <c r="E10" s="110"/>
-      <c r="F10" s="126"/>
+      <c r="F10" s="124"/>
     </row>
     <row r="11" spans="1:6" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="132" t="str">
+      <c r="A11" s="126" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
-      <c r="B11" s="133"/>
-[...2 lines deleted...]
-      <c r="F11" s="126"/>
+      <c r="B11" s="127"/>
+      <c r="D11" s="134"/>
+      <c r="E11" s="134"/>
+      <c r="F11" s="124"/>
     </row>
     <row r="12" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
       <c r="B12" s="80"/>
       <c r="C12" s="79"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
     </row>
     <row r="13" spans="1:6" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6"/>
       <c r="B13" s="1"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
     </row>
     <row r="14" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:6" s="6" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="70"/>
       <c r="D15" s="72" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E15" s="70"/>
       <c r="F15" s="5" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="36" t="str">
         <f>IF(Заявление!H9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="72" t="str">
-        <f>IF(Заявление!H9&gt;0,"Размещение данных о товарах в ePASS","")</f>
+        <f>IF(Заявление!H9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="70"/>
       <c r="D16" s="76" t="str">
         <f>IF(Заявление!H9&gt;0,Заявление!H9,"")</f>
         <v/>
       </c>
       <c r="E16" s="74"/>
       <c r="F16" s="23" t="str">
         <f>IF(Заявление!H9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:6" s="6" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="36" t="str">
         <f>IF(Заявление!I9&gt;0,IF(Заявление!H9&gt;0,2,1),"")</f>
         <v/>
       </c>
       <c r="B17" s="72" t="str">
-        <f>IF(Заявление!I9&gt;0,"Получение данных о товарах из ePASS посредством веб-сервисов","")</f>
+        <f>IF(Заявление!I9&gt;0,"Получение данных о товарах и организациях из ePASS посредством веб-сервисов (GTIN и GLN)","")</f>
         <v/>
       </c>
       <c r="C17" s="70"/>
       <c r="D17" s="76" t="str">
         <f>IF(Заявление!I9&gt;0,Заявление!I9,"")</f>
         <v/>
       </c>
       <c r="E17" s="74"/>
       <c r="F17" s="23" t="str">
         <f>IF(Заявление!I9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D17,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D17,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D17,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D17,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:6" s="99" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="36" t="str">
         <f>IF(Заявление!J9="ДА",IF(A17=1,2,IF(A17=2,3,IF(A16=1,2,1))),"")</f>
         <v/>
       </c>
       <c r="B18" s="72" t="str">
         <f>IF(Заявление!J9="ДА","Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации","")</f>
         <v/>
       </c>
       <c r="C18" s="70"/>
       <c r="D18" s="76" t="str">
         <f>IF(Заявление!J9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="74"/>
       <c r="F18" s="23" t="str">
         <f>IF(Заявление!J9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="73" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="71"/>
       <c r="D19" s="77"/>
       <c r="E19" s="75"/>
       <c r="F19" s="24">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="135" t="str">
+      <c r="A20" s="130" t="str">
         <f>_xlfn.IFS(Заявление!E9=Справочники!N2,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") белорусских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N5,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") российских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N3,"Всего на сумму "&amp;F19&amp;" Долларов США (USD) 00 центов",Заявление!E9=Справочники!N4,"Всего на сумму "&amp;F19&amp;" Евро (EUR) 00 центов")</f>
         <v xml:space="preserve">      Всего услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="136"/>
-[...3 lines deleted...]
-      <c r="F20" s="136"/>
+      <c r="B20" s="131"/>
+      <c r="C20" s="131"/>
+      <c r="D20" s="131"/>
+      <c r="E20" s="131"/>
+      <c r="F20" s="131"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="37"/>
       <c r="B21" s="38"/>
       <c r="C21" s="38"/>
       <c r="D21" s="38"/>
       <c r="E21" s="38"/>
       <c r="F21" s="38"/>
     </row>
     <row r="22" spans="1:6" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="126" t="s">
+      <c r="A22" s="124" t="s">
         <v>11</v>
       </c>
-      <c r="B22" s="126"/>
-[...3 lines deleted...]
-      <c r="F22" s="126"/>
+      <c r="B22" s="124"/>
+      <c r="C22" s="124"/>
+      <c r="D22" s="124"/>
+      <c r="E22" s="124"/>
+      <c r="F22" s="124"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="111"/>
       <c r="C23" s="111"/>
       <c r="D23" s="111"/>
       <c r="E23" s="111"/>
       <c r="F23" s="111"/>
     </row>
     <row r="24" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="130" t="str">
+      <c r="A24" s="123" t="str">
         <f>"Оплата дополнительных услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
 Идентификатор Заявления: "&amp;C7</f>
         <v>Оплата дополнительных услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
-Идентификатор Заявления: ДСЭПТ//011025</v>
-[...5 lines deleted...]
-      <c r="F24" s="130"/>
+Идентификатор Заявления: ДСЭПТ//011225</v>
+      </c>
+      <c r="B24" s="123"/>
+      <c r="C24" s="123"/>
+      <c r="D24" s="123"/>
+      <c r="E24" s="123"/>
+      <c r="F24" s="123"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B25" s="80" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C25" s="79">
         <v>21101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="C7:F7"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A20:F20"/>
-    <mergeCell ref="A3:F3"/>
-[...3 lines deleted...]
-    <mergeCell ref="C7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="M1" sqref="M1:P1"/>
+      <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" customWidth="1"/>
     <col min="7" max="9" width="17.85546875" customWidth="1"/>
     <col min="10" max="10" width="19.28515625" customWidth="1"/>
     <col min="11" max="11" width="20.5703125" customWidth="1"/>
     <col min="13" max="13" width="18.42578125" customWidth="1"/>
     <col min="14" max="14" width="18.28515625" customWidth="1"/>
     <col min="15" max="15" width="18" customWidth="1"/>
     <col min="16" max="16" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="2" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="141" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="141"/>
       <c r="C1" s="141"/>
       <c r="D1" s="141"/>
       <c r="E1" s="141"/>
       <c r="F1" s="10"/>
       <c r="G1" s="141" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="H1" s="141"/>
       <c r="I1" s="141"/>
       <c r="J1" s="141"/>
       <c r="K1" s="140"/>
       <c r="M1" s="137" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="N1" s="137"/>
       <c r="O1" s="137"/>
       <c r="P1" s="137"/>
     </row>
     <row r="2" spans="1:16" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="142" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="144" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C2" s="145"/>
       <c r="D2" s="145"/>
       <c r="E2" s="146"/>
       <c r="F2" s="10"/>
       <c r="G2" s="142" t="s">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="H2" s="144" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I2" s="145"/>
       <c r="J2" s="145"/>
       <c r="K2" s="146"/>
       <c r="M2" s="138" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="N2" s="138"/>
       <c r="O2" s="138"/>
       <c r="P2" s="138"/>
     </row>
     <row r="3" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="143"/>
       <c r="B3" s="93" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C3" s="93" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D3" s="93" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E3" s="93" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F3" s="10"/>
       <c r="G3" s="143"/>
       <c r="H3" s="93" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I3" s="93" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J3" s="93" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K3" s="93" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="M3" s="101" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="N3" s="101" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="O3" s="101" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="P3" s="101" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>10</v>
       </c>
       <c r="B4" s="11">
         <v>65</v>
       </c>
       <c r="C4" s="11">
         <v>61</v>
       </c>
       <c r="D4" s="11">
         <v>56</v>
       </c>
       <c r="E4" s="11">
         <v>5492</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="12">
         <v>10</v>
       </c>
       <c r="H4" s="11">
         <v>65</v>
       </c>
@@ -5386,59 +5390,59 @@
       <c r="D26" s="13">
         <v>4355</v>
       </c>
       <c r="E26" s="13">
         <v>427087</v>
       </c>
       <c r="F26" s="49"/>
       <c r="G26" s="14">
         <v>100000</v>
       </c>
       <c r="H26" s="13">
         <v>5055</v>
       </c>
       <c r="I26" s="13">
         <v>4773</v>
       </c>
       <c r="J26" s="13">
         <v>4355</v>
       </c>
       <c r="K26" s="13">
         <v>427087</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="139" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B27" s="139"/>
       <c r="C27" s="139"/>
       <c r="D27" s="139"/>
       <c r="E27" s="140"/>
       <c r="F27" s="15"/>
       <c r="G27" s="139" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="H27" s="139"/>
       <c r="I27" s="139"/>
       <c r="J27" s="139"/>
       <c r="K27" s="140"/>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A28" s="8"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
     </row>
     <row r="29" spans="1:11" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="M1:P1"/>
     <mergeCell ref="M2:P2"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="G27:K27"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="A2:A3"/>
@@ -5466,236 +5470,236 @@
     <col min="2" max="5" width="17.85546875" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="11" width="17.85546875" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="88" customWidth="1"/>
     <col min="14" max="14" width="17.85546875" style="88" customWidth="1"/>
     <col min="15" max="15" width="16.42578125" customWidth="1"/>
     <col min="16" max="16" width="42.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="147" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="148"/>
       <c r="C1" s="148"/>
       <c r="D1" s="148"/>
       <c r="E1" s="148"/>
       <c r="G1" s="147" t="s">
         <v>14</v>
       </c>
       <c r="H1" s="149"/>
       <c r="I1" s="149"/>
       <c r="J1" s="149"/>
       <c r="K1" s="149"/>
       <c r="M1" s="83" t="s">
+        <v>33</v>
+      </c>
+      <c r="N1" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="N1" s="83" t="s">
+      <c r="O1" s="87" t="s">
         <v>35</v>
       </c>
-      <c r="O1" s="87" t="s">
+      <c r="P1" s="88" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A2" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="C2" s="26" t="s">
+      <c r="D2" s="26" t="s">
         <v>39</v>
       </c>
-      <c r="D2" s="26" t="s">
+      <c r="E2" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="E2" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" s="26" t="s">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="H2" s="26" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" s="26" t="s">
         <v>39</v>
       </c>
-      <c r="J2" s="26" t="s">
+      <c r="K2" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="K2" s="26" t="s">
+      <c r="L2" s="89" t="s">
         <v>41</v>
       </c>
-      <c r="L2" s="89" t="s">
+      <c r="M2" s="89" t="s">
+        <v>41</v>
+      </c>
+      <c r="N2" s="85" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="O2" s="89" t="s">
         <v>9</v>
       </c>
       <c r="P2" s="84" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>0</v>
       </c>
       <c r="B3" s="11">
         <v>0</v>
       </c>
       <c r="C3" s="11">
         <v>0</v>
       </c>
       <c r="D3" s="11">
         <v>0</v>
       </c>
       <c r="E3" s="11">
         <v>0</v>
       </c>
       <c r="F3" s="31"/>
       <c r="G3" s="11">
         <v>0</v>
       </c>
       <c r="H3" s="11">
         <v>0</v>
       </c>
       <c r="I3" s="11">
         <v>0</v>
       </c>
       <c r="J3" s="11">
         <v>0</v>
       </c>
       <c r="K3" s="11">
         <v>0</v>
       </c>
       <c r="M3" s="85" t="s">
+        <v>43</v>
+      </c>
+      <c r="N3" s="85" t="s">
         <v>44</v>
       </c>
-      <c r="N3" s="85" t="s">
+      <c r="O3" s="81" t="s">
         <v>45</v>
       </c>
-      <c r="O3" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="84" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>10</v>
       </c>
       <c r="B4" s="11">
         <v>65</v>
       </c>
       <c r="C4" s="11">
         <v>61</v>
       </c>
       <c r="D4" s="11">
         <v>56</v>
       </c>
       <c r="E4" s="11">
         <v>5492</v>
       </c>
       <c r="G4" s="27">
         <v>10</v>
       </c>
       <c r="H4" s="11">
         <v>65</v>
       </c>
       <c r="I4" s="11">
         <v>61</v>
       </c>
       <c r="J4" s="11">
         <v>56</v>
       </c>
       <c r="K4" s="11">
         <v>5492</v>
       </c>
       <c r="M4" s="85"/>
       <c r="N4" s="85" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" s="81" t="s">
         <v>47</v>
       </c>
-      <c r="O4" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="84" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>50</v>
       </c>
       <c r="B5" s="11">
         <v>123</v>
       </c>
       <c r="C5" s="11">
         <v>116</v>
       </c>
       <c r="D5" s="11">
         <v>106</v>
       </c>
       <c r="E5" s="11">
         <v>10392</v>
       </c>
       <c r="G5" s="27">
         <v>50</v>
       </c>
       <c r="H5" s="11">
         <v>123</v>
       </c>
       <c r="I5" s="11">
         <v>116</v>
       </c>
       <c r="J5" s="11">
         <v>106</v>
       </c>
       <c r="K5" s="11">
         <v>10392</v>
       </c>
       <c r="M5" s="85"/>
       <c r="N5" s="85" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" s="81" t="s">
         <v>49</v>
       </c>
-      <c r="O5" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" s="84" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>100</v>
       </c>
       <c r="B6" s="11">
         <v>158</v>
       </c>
       <c r="C6" s="11">
         <v>149</v>
       </c>
       <c r="D6" s="11">
         <v>136</v>
       </c>
       <c r="E6" s="11">
         <v>13349</v>
       </c>
       <c r="G6" s="27">
         <v>100</v>
       </c>
       <c r="H6" s="11">
         <v>158</v>
       </c>
       <c r="I6" s="11">
@@ -9988,363 +9992,363 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51DE13BA-27EA-4733-904A-624C2DCC3E24}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:F30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="47.140625" customWidth="1"/>
     <col min="3" max="3" width="4.42578125" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B2" s="59" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="59"/>
-      <c r="D2" s="131" t="s">
+      <c r="D2" s="125" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="112"/>
       <c r="F2" s="112"/>
     </row>
     <row r="3" spans="1:6" s="8" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="68"/>
       <c r="B3" s="69" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="68"/>
-      <c r="D3" s="125">
+      <c r="D3" s="128">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
-      <c r="E3" s="125"/>
-      <c r="F3" s="126"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="124"/>
     </row>
     <row r="4" spans="1:6" s="67" customFormat="1" ht="177.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="68"/>
       <c r="B4" s="63" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
       <c r="C4" s="63"/>
-      <c r="D4" s="160">
+      <c r="D4" s="150">
         <f>'Счет-фактура'!D11:E11</f>
         <v>0</v>
       </c>
-      <c r="E4" s="161"/>
-      <c r="F4" s="162"/>
+      <c r="E4" s="151"/>
+      <c r="F4" s="152"/>
     </row>
     <row r="5" spans="1:6" s="67" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8"/>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
     </row>
     <row r="6" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="66"/>
       <c r="B6" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="131" t="str">
+      <c r="C6" s="125" t="str">
         <f>"ДСЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ДСЭПТ//011025</v>
-[...2 lines deleted...]
-      <c r="E6" s="163"/>
+        <v>ДСЭПТ//011225</v>
+      </c>
+      <c r="D6" s="125"/>
+      <c r="E6" s="153"/>
       <c r="F6" s="112"/>
     </row>
     <row r="7" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="66"/>
-      <c r="B7" s="150" t="s">
+      <c r="B7" s="154" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="150"/>
-      <c r="D7" s="150"/>
+      <c r="C7" s="154"/>
+      <c r="D7" s="154"/>
       <c r="E7" s="108"/>
       <c r="F7" s="108"/>
     </row>
     <row r="8" spans="1:6" s="8" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:6" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="59"/>
       <c r="B9" s="65" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="65"/>
       <c r="D9" s="65"/>
       <c r="E9" s="65"/>
       <c r="F9" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="8" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="60"/>
       <c r="B10" s="60"/>
       <c r="C10" s="59"/>
       <c r="D10" s="59"/>
       <c r="E10" s="59"/>
     </row>
     <row r="11" spans="1:6" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="63"/>
-      <c r="B11" s="150" t="str">
+      <c r="B11" s="154" t="str">
         <f>"Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № "&amp;C6&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г."</f>
-        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//011025 от 01.10.2025г.</v>
-[...4 lines deleted...]
-      <c r="F11" s="152"/>
+        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//011225 от 01.12.2025г.</v>
+      </c>
+      <c r="C11" s="155"/>
+      <c r="D11" s="155"/>
+      <c r="E11" s="156"/>
+      <c r="F11" s="156"/>
     </row>
     <row r="12" spans="1:6" s="8" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="63"/>
-      <c r="B12" s="155" t="s">
+      <c r="B12" s="159" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="156"/>
-[...2 lines deleted...]
-      <c r="F12" s="157"/>
+      <c r="C12" s="160"/>
+      <c r="D12" s="160"/>
+      <c r="E12" s="160"/>
+      <c r="F12" s="161"/>
     </row>
     <row r="13" spans="1:6" s="63" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="65"/>
       <c r="C13" s="8"/>
       <c r="D13" s="64"/>
       <c r="E13" s="64"/>
       <c r="F13" s="8"/>
     </row>
     <row r="14" spans="1:6" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8"/>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
     </row>
     <row r="15" spans="1:6" s="58" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="36" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="70"/>
       <c r="D15" s="72" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E15" s="70"/>
       <c r="F15" s="36" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:6" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="36" t="str">
         <f>IF(Заявление!H9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="72" t="str">
-        <f>IF(Заявление!H9&gt;0,"Размещение данных о товарах в ePASS","")</f>
+        <f>IF(Заявление!H9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="70"/>
       <c r="D16" s="76" t="str">
         <f>IF(Заявление!H9&gt;0,Заявление!H9,"")</f>
         <v/>
       </c>
       <c r="E16" s="74"/>
       <c r="F16" s="23" t="str">
         <f>IF(Заявление!H9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:6" s="58" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="36" t="str">
         <f>IF(Заявление!I9&gt;0,IF(Заявление!H9&gt;0,2,1),"")</f>
         <v/>
       </c>
       <c r="B17" s="72" t="str">
-        <f>IF(Заявление!I9&gt;0,"Получение данных о товарах из ePASS посредством веб-сервисов","")</f>
+        <f>IF(Заявление!I9&gt;0,"Получение данных о товарах и организациях из ePASS посредством веб-сервисов (GTIN и GLN)","")</f>
         <v/>
       </c>
       <c r="C17" s="70"/>
       <c r="D17" s="76" t="str">
         <f>IF(Заявление!I9&gt;0,Заявление!I9,"")</f>
         <v/>
       </c>
       <c r="E17" s="74"/>
       <c r="F17" s="23" t="str">
         <f>IF(Заявление!I9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D17,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D17,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D17,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D17,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:6" s="99" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="36" t="str">
         <f>IF(Заявление!J9="ДА",IF(A17=1,2,IF(A17=2,3,IF(A16=1,2,1))),"")</f>
         <v/>
       </c>
       <c r="B18" s="72" t="str">
         <f>IF(Заявление!J9="ДА","Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации","")</f>
         <v/>
       </c>
       <c r="C18" s="70"/>
       <c r="D18" s="76" t="str">
         <f>IF(Заявление!J9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="74"/>
       <c r="F18" s="23" t="str">
         <f>IF(Заявление!J9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="73" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="71"/>
       <c r="D19" s="77"/>
       <c r="E19" s="75"/>
       <c r="F19" s="24">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="158" t="str">
+      <c r="A20" s="162" t="str">
         <f>'Счет-фактура'!A20:F20</f>
         <v xml:space="preserve">      Всего услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="158"/>
-[...3 lines deleted...]
-      <c r="F20" s="158"/>
+      <c r="B20" s="162"/>
+      <c r="C20" s="162"/>
+      <c r="D20" s="162"/>
+      <c r="E20" s="162"/>
+      <c r="F20" s="162"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="61"/>
       <c r="B21" s="62"/>
       <c r="C21" s="62"/>
       <c r="D21" s="62"/>
       <c r="E21" s="62"/>
       <c r="F21" s="62"/>
     </row>
     <row r="22" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="126" t="s">
+      <c r="A22" s="124" t="s">
         <v>25</v>
       </c>
-      <c r="B22" s="126"/>
-[...3 lines deleted...]
-      <c r="F22" s="126"/>
+      <c r="B22" s="124"/>
+      <c r="C22" s="124"/>
+      <c r="D22" s="124"/>
+      <c r="E22" s="124"/>
+      <c r="F22" s="124"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="111"/>
       <c r="B23" s="111"/>
       <c r="C23" s="111"/>
       <c r="D23" s="111"/>
       <c r="E23" s="111"/>
       <c r="F23" s="111"/>
     </row>
     <row r="24" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="156" t="s">
+      <c r="A24" s="160" t="s">
         <v>24</v>
       </c>
-      <c r="B24" s="156"/>
-[...3 lines deleted...]
-      <c r="F24" s="156"/>
+      <c r="B24" s="160"/>
+      <c r="C24" s="160"/>
+      <c r="D24" s="160"/>
+      <c r="E24" s="160"/>
+      <c r="F24" s="160"/>
     </row>
     <row r="26" spans="1:6" ht="126" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="159" t="s">
-[...6 lines deleted...]
-      <c r="F26" s="159"/>
+      <c r="A26" s="163" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="163"/>
+      <c r="C26" s="163"/>
+      <c r="D26" s="163"/>
+      <c r="E26" s="163"/>
+      <c r="F26" s="163"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" t="s">
         <v>22</v>
       </c>
-      <c r="C29" s="153"/>
-[...2 lines deleted...]
-      <c r="F29" s="153"/>
+      <c r="C29" s="157"/>
+      <c r="D29" s="157"/>
+      <c r="E29" s="157"/>
+      <c r="F29" s="157"/>
     </row>
     <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C30" s="154" t="s">
+      <c r="C30" s="158" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="154"/>
-[...1 lines deleted...]
-      <c r="F30" s="154"/>
+      <c r="D30" s="158"/>
+      <c r="E30" s="158"/>
+      <c r="F30" s="158"/>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="D2:F2"/>
-[...3 lines deleted...]
-    <mergeCell ref="B7:F7"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="C29:F29"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="B12:F12"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A26:F26"/>
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="B7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Заявление</vt:lpstr>