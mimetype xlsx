--- v1 (2025-12-27)
+++ v2 (2026-02-27)
@@ -11,54 +11,54 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="21126"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mkotov\Desktop\ЗАГРУЗЧИК 4\Выборка\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Загрузки\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A6BF60A-8AF4-491D-87AC-083111B2B89A}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D53E634A-BAAC-4BE7-9F0B-9CFBAF4E257D}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Заявление" sheetId="1" r:id="rId1"/>
     <sheet name="Счет-фактура" sheetId="2" r:id="rId2"/>
     <sheet name="Тарифы" sheetId="3" r:id="rId3"/>
     <sheet name="Справочники" sheetId="4" r:id="rId4"/>
     <sheet name="Акт" sheetId="7" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="n_1" localSheetId="1">{"","одинz","дваz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n_2" localSheetId="1">{"десятьz","одиннадцатьz","двенадцатьz","тринадцатьz","четырнадцатьz","пятнадцатьz","шестнадцатьz","семнадцатьz","восемнадцатьz","девятнадцатьz"}</definedName>
     <definedName name="n_2">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_3" localSheetId="1">{"";1;"двадцатьz";"тридцатьz";"сорокz";"пятьдесятz";"шестьдесятz";"семьдесятz";"восемьдесятz";"девяностоz"}</definedName>
     <definedName name="n_4" localSheetId="4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_5" localSheetId="1">{"","однаz","двеz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n0">"000000000000"&amp;MID(1/2,2,1)&amp;"00"</definedName>
     <definedName name="n0x" localSheetId="4">#N/A</definedName>
     <definedName name="n0x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_1)</definedName>
     <definedName name="n1x" localSheetId="4">#N/A</definedName>
@@ -1060,113 +1060,50 @@
   <si>
     <t>От Заказчика:</t>
   </si>
   <si>
     <t xml:space="preserve">       Услуги оказаны ЗАКАЗЧИКУ в полном объеме в требуемые сроки. К качеству оказанных услуг ЗАКАЗЧИК претензий не имеет.</t>
   </si>
   <si>
     <t xml:space="preserve">      Стоимость услуг без НДС на основании п.27 Гл.5 Декрета Президента Республики Беларусь №12 от 22.09.2005 г. "О Парке высоких технологий".</t>
   </si>
   <si>
     <t>г. Минск</t>
   </si>
   <si>
     <t xml:space="preserve">                    сдачи-приемки оказанных услуг</t>
   </si>
   <si>
     <t>АКТ №</t>
   </si>
   <si>
     <t>Исполнитель оказал Заказчику дополнительные услуги межведомственной распределенной информационной системы "Банк данных электронных паспортов товаров" (ePASS)</t>
   </si>
   <si>
     <t>Код назначения платежа:</t>
   </si>
   <si>
-    <r>
-[...61 lines deleted...]
-  <si>
     <t>Признак резидента РБ</t>
   </si>
   <si>
     <t>Валюта платежа</t>
   </si>
   <si>
     <t>Валюта стоимости</t>
   </si>
   <si>
     <t>Реквизиты Исполнителя</t>
   </si>
   <si>
     <t>Цена без НДС, белорусский рубль (BYN)</t>
   </si>
   <si>
     <t>Цена без НДС, доллар США (USD)</t>
   </si>
   <si>
     <t>Цена без НДС, евро (EUR)</t>
   </si>
   <si>
     <t>Цена без НДС, российский рубль (RUB)</t>
   </si>
   <si>
     <t>ДА</t>
@@ -1539,56 +1476,50 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">(договорной период равен 12 месяцам)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>укажите "ДА"</t>
     </r>
   </si>
   <si>
     <t>Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации</t>
   </si>
   <si>
-    <t>Форма заявления действует до 31.12.2025</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Объем подключаемых услуг</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
@@ -1626,51 +1557,120 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>это услуга по предоставление доступа к веб-сервисам сайта http://epass.by для автоматического получения электронных паспортов товаров и организаций по GTIN, GLN</t>
     </r>
   </si>
   <si>
     <t>Количество GTIN, GLN</t>
   </si>
   <si>
     <t>Количество, штук</t>
   </si>
   <si>
-    <t xml:space="preserve"> декабря 2025 г.</t>
+    <t>Форма заявления действует до 31.03.2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Сокращенное наименование юридического лица или ИП</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+например:
+ООО "Белпромхимторг"
+ИП Токарева А.В.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Полное наименование юридического лица или ИП</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>например:
+Общество с ограниченной ответственностью "Белпромхимторг"
+Индивидуальный предприниматель Токарева Алена Викторовна</t>
+    </r>
+  </si>
+  <si>
+    <t>Счет-фактура действует до 31.03.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> января 2026 г.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _₽_-;\-* #,##0.00\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.000\ _₽_-;\-* #,##0.000\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
@@ -2547,196 +2547,196 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Гиперссылка" xfId="4" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Обычный 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Финансовый" xfId="3" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/mkotov/Desktop/ePASS%202.0/&#1055;&#1091;&#1073;&#1083;&#1080;&#1095;&#1085;&#1099;&#1081;%20&#1076;&#1086;&#1075;&#1086;&#1074;&#1086;&#1088;/&#1044;&#1086;&#1088;&#1072;&#1073;&#1086;&#1090;&#1082;&#1072;%20&#1055;&#1041;%20&#1080;%20&#1047;&#1072;&#1103;&#1074;&#1083;&#1077;&#1085;&#1080;&#1081;%20&#1087;&#1086;%20&#1072;&#1082;&#1090;&#1072;&#1084;%2012.2021/&#1047;&#1072;&#1103;&#1074;&#1083;&#1077;&#1085;&#1080;&#1077;%20&#1085;&#1072;%20&#1087;&#1088;&#1077;&#1076;&#1086;&#1089;&#1090;&#1072;&#1074;&#1083;&#1077;&#1085;&#1080;&#1077;%20&#1091;&#1089;&#1083;&#1091;&#1075;%20&#1089;&#1080;&#1089;&#1090;&#1077;&#1084;&#1099;%20ePASS%20+%20&#1040;&#1050;&#1058;.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\mkotov\Desktop\ePASS%202.0\&#1055;&#1091;&#1073;&#1083;&#1080;&#1095;&#1085;&#1099;&#1081;%20&#1076;&#1086;&#1075;&#1086;&#1074;&#1086;&#1088;\&#1044;&#1086;&#1088;&#1072;&#1073;&#1086;&#1090;&#1082;&#1072;%20&#1055;&#1041;%20&#1080;%20&#1047;&#1072;&#1103;&#1074;&#1083;&#1077;&#1085;&#1080;&#1081;%20&#1087;&#1086;%20&#1072;&#1082;&#1090;&#1072;&#1084;%2012.2021\&#1047;&#1072;&#1103;&#1074;&#1083;&#1077;&#1085;&#1080;&#1077;%20&#1085;&#1072;%20&#1087;&#1088;&#1077;&#1076;&#1086;&#1089;&#1090;&#1072;&#1074;&#1083;&#1077;&#1085;&#1080;&#1077;%20&#1091;&#1089;&#1083;&#1091;&#1075;%20&#1089;&#1080;&#1089;&#1090;&#1077;&#1084;&#1099;%20ePASS%20+%20&#1040;&#1050;&#1058;.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Заявление"/>
       <sheetName val="Счет-фактура"/>
       <sheetName val="Тарифы"/>
       <sheetName val="Справочники"/>
       <sheetName val="Акт"/>
     </sheetNames>
     <definedNames>
       <definedName name="n_1" refersTo="#ССЫЛКА!" sheetId="1"/>
       <definedName name="n_2" refersTo="#ССЫЛКА!" sheetId="1"/>
       <definedName name="n_3" refersTo="#ССЫЛКА!" sheetId="1"/>
       <definedName name="n_5" refersTo="#ССЫЛКА!" sheetId="1"/>
     </definedNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3">
         <row r="3">
           <cell r="A3">
@@ -3951,78 +3951,78 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epass.by/jsf/Attendance.jsp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K12"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H9" sqref="H9"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.85546875" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" customWidth="1"/>
     <col min="7" max="7" width="39.85546875" customWidth="1"/>
     <col min="8" max="8" width="38.7109375" customWidth="1"/>
     <col min="9" max="9" width="47" customWidth="1"/>
     <col min="10" max="10" width="43.140625" customWidth="1"/>
     <col min="11" max="11" width="37" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="20">
-        <v>45992</v>
+        <v>46027</v>
       </c>
       <c r="B2" s="32" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:11" s="3" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="107" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="108"/>
       <c r="C3" s="108"/>
       <c r="D3" s="108"/>
       <c r="E3" s="108"/>
       <c r="F3" s="108"/>
       <c r="G3" s="108"/>
       <c r="H3" s="18"/>
       <c r="I3" s="18"/>
       <c r="J3" s="18"/>
       <c r="K3" s="18"/>
     </row>
     <row r="4" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="109" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="110"/>
       <c r="C4" s="110"/>
       <c r="D4" s="110"/>
       <c r="E4" s="110"/>
@@ -4047,161 +4047,161 @@
       <c r="I5" s="19"/>
       <c r="J5" s="100"/>
       <c r="K5" s="19"/>
     </row>
     <row r="6" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="113" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="114"/>
       <c r="C6" s="114"/>
       <c r="D6" s="114"/>
       <c r="E6" s="114"/>
       <c r="F6" s="114"/>
       <c r="G6" s="114"/>
     </row>
     <row r="7" spans="1:11" s="43" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="115" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="116"/>
       <c r="C7" s="116"/>
       <c r="D7" s="117"/>
       <c r="E7" s="117"/>
       <c r="F7" s="118"/>
       <c r="G7" s="119" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="H7" s="105" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="I7" s="106"/>
       <c r="J7" s="121" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="K7" s="103" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="43" customFormat="1" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="54" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="B8" s="55" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="C8" s="90" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="91" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E8" s="86" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F8" s="56" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G8" s="120"/>
       <c r="H8" s="57" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I8" s="97" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="J8" s="122"/>
       <c r="K8" s="104"/>
     </row>
     <row r="9" spans="1:11" s="48" customFormat="1" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="44"/>
       <c r="B9" s="45"/>
       <c r="C9" s="47"/>
       <c r="D9" s="92" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E9" s="92" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F9" s="95"/>
       <c r="G9" s="44"/>
       <c r="H9" s="46">
         <v>0</v>
       </c>
       <c r="I9" s="98">
         <v>0</v>
       </c>
       <c r="J9" s="92" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K9" s="96"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="41"/>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="42"/>
       <c r="I10" s="42"/>
       <c r="J10" s="42"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="39"/>
       <c r="B11" s="40"/>
       <c r="C11" s="40"/>
       <c r="D11" s="82"/>
       <c r="E11" s="82"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="39"/>
       <c r="B12" s="40"/>
       <c r="C12" s="40"/>
       <c r="D12" s="82"/>
       <c r="E12" s="82"/>
       <c r="F12" s="40"/>
       <c r="G12" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="K7:K8"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="J7:J8"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Некорректный формат даты_x000a_ИЛИ_x000a_Заявление устарело. Скачайте новое заявление с сайта epass.by в разделе &quot;Услуги&quot;." sqref="A2" xr:uid="{5FFE7C2D-8E6A-4285-8543-980419E34BCD}">
       <formula1>45627</formula1>
-      <formula2>46022</formula2>
+      <formula2>46112</formula2>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка!" error="Длина поля не более 20 символов." sqref="F9" xr:uid="{8011A8CC-C282-41BE-AEE3-E4B73F4F3459}">
       <formula1>20</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="K7:K8" r:id="rId1" display="http://epass.by/jsf/Attendance.jsp" xr:uid="{64C92F26-09D6-4D3F-A8D9-88293E7A2751}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Справочники!$G$3:$G$116</xm:f>
           </x14:formula1>
           <xm:sqref>I9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
             <xm:f>Справочники!$A$3:$A$116</xm:f>
           </x14:formula1>
           <xm:sqref>H9</xm:sqref>
@@ -4216,177 +4216,177 @@
           <x14:formula1>
             <xm:f>Справочники!$N$2:$N$5</xm:f>
           </x14:formula1>
           <xm:sqref>E9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7B967ADA-4B58-4B66-8EA1-FE7FC8345F18}">
           <x14:formula1>
             <xm:f>Справочники!$L$1:$L$2</xm:f>
           </x14:formula1>
           <xm:sqref>K9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7:F7"/>
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="45.140625" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21.42578125" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" customWidth="1"/>
     <col min="8" max="9" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A3" s="132" t="str">
+      <c r="A3" s="123" t="str">
         <f>"СЧЕТ-ФАКТУРА от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;" г."</f>
-        <v>СЧЕТ-ФАКТУРА от 01.12.2025 г.</v>
-[...4 lines deleted...]
-      <c r="E3" s="133"/>
+        <v>СЧЕТ-ФАКТУРА от 05.01.2026 г.</v>
+      </c>
+      <c r="B3" s="124"/>
+      <c r="C3" s="124"/>
+      <c r="D3" s="124"/>
+      <c r="E3" s="124"/>
       <c r="F3" s="112"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="78" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C4" s="17"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
     </row>
     <row r="5" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:6" s="2" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="135" t="str">
+      <c r="A6" s="128" t="str">
         <f>"К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № "&amp;C7&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)"</f>
-        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//011225 от 01.12.2025г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
-[...5 lines deleted...]
-      <c r="F6" s="124"/>
+        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//050126 от 05.01.2026г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
+      </c>
+      <c r="B6" s="126"/>
+      <c r="C6" s="126"/>
+      <c r="D6" s="126"/>
+      <c r="E6" s="126"/>
+      <c r="F6" s="126"/>
     </row>
     <row r="7" spans="1:6" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="25" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C7" s="136" t="str">
+        <v>60</v>
+      </c>
+      <c r="C7" s="129" t="str">
         <f>"ДСЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ДСЭПТ//011225</v>
-[...3 lines deleted...]
-      <c r="F7" s="124"/>
+        <v>ДСЭПТ//050126</v>
+      </c>
+      <c r="D7" s="129"/>
+      <c r="E7" s="126"/>
+      <c r="F7" s="126"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="125" t="s">
+      <c r="A9" s="131" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="125"/>
+      <c r="B9" s="131"/>
       <c r="C9" s="21"/>
-      <c r="D9" s="125" t="s">
+      <c r="D9" s="131" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="125"/>
+      <c r="E9" s="131"/>
     </row>
     <row r="10" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="128" t="s">
+      <c r="A10" s="125" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="129"/>
+      <c r="B10" s="134"/>
       <c r="C10" s="21"/>
-      <c r="D10" s="128">
+      <c r="D10" s="125">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
       <c r="E10" s="110"/>
-      <c r="F10" s="124"/>
+      <c r="F10" s="126"/>
     </row>
     <row r="11" spans="1:6" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="126" t="str">
+      <c r="A11" s="132" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
-      <c r="B11" s="127"/>
-[...2 lines deleted...]
-      <c r="F11" s="124"/>
+      <c r="B11" s="133"/>
+      <c r="D11" s="127"/>
+      <c r="E11" s="127"/>
+      <c r="F11" s="126"/>
     </row>
     <row r="12" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
       <c r="B12" s="80"/>
       <c r="C12" s="79"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
     </row>
     <row r="13" spans="1:6" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6"/>
       <c r="B13" s="1"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
     </row>
     <row r="14" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:6" s="6" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="70"/>
       <c r="D15" s="72" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E15" s="70"/>
       <c r="F15" s="5" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="36" t="str">
         <f>IF(Заявление!H9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="72" t="str">
         <f>IF(Заявление!H9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="70"/>
       <c r="D16" s="76" t="str">
         <f>IF(Заявление!H9&gt;0,Заявление!H9,"")</f>
         <v/>
       </c>
       <c r="E16" s="74"/>
       <c r="F16" s="23" t="str">
         <f>IF(Заявление!H9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
@@ -4424,241 +4424,241 @@
       <c r="C18" s="70"/>
       <c r="D18" s="76" t="str">
         <f>IF(Заявление!J9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="74"/>
       <c r="F18" s="23" t="str">
         <f>IF(Заявление!J9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="73" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="71"/>
       <c r="D19" s="77"/>
       <c r="E19" s="75"/>
       <c r="F19" s="24">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="130" t="str">
+      <c r="A20" s="135" t="str">
         <f>_xlfn.IFS(Заявление!E9=Справочники!N2,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") белорусских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N5,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") российских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N3,"Всего на сумму "&amp;F19&amp;" Долларов США (USD) 00 центов",Заявление!E9=Справочники!N4,"Всего на сумму "&amp;F19&amp;" Евро (EUR) 00 центов")</f>
         <v xml:space="preserve">      Всего услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="131"/>
-[...3 lines deleted...]
-      <c r="F20" s="131"/>
+      <c r="B20" s="136"/>
+      <c r="C20" s="136"/>
+      <c r="D20" s="136"/>
+      <c r="E20" s="136"/>
+      <c r="F20" s="136"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="37"/>
       <c r="B21" s="38"/>
       <c r="C21" s="38"/>
       <c r="D21" s="38"/>
       <c r="E21" s="38"/>
       <c r="F21" s="38"/>
     </row>
     <row r="22" spans="1:6" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="124" t="s">
+      <c r="A22" s="126" t="s">
         <v>11</v>
       </c>
-      <c r="B22" s="124"/>
-[...3 lines deleted...]
-      <c r="F22" s="124"/>
+      <c r="B22" s="126"/>
+      <c r="C22" s="126"/>
+      <c r="D22" s="126"/>
+      <c r="E22" s="126"/>
+      <c r="F22" s="126"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="111"/>
       <c r="C23" s="111"/>
       <c r="D23" s="111"/>
       <c r="E23" s="111"/>
       <c r="F23" s="111"/>
     </row>
     <row r="24" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="123" t="str">
+      <c r="A24" s="130" t="str">
         <f>"Оплата дополнительных услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
 Идентификатор Заявления: "&amp;C7</f>
         <v>Оплата дополнительных услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
-Идентификатор Заявления: ДСЭПТ//011225</v>
-[...5 lines deleted...]
-      <c r="F24" s="123"/>
+Идентификатор Заявления: ДСЭПТ//050126</v>
+      </c>
+      <c r="B24" s="130"/>
+      <c r="C24" s="130"/>
+      <c r="D24" s="130"/>
+      <c r="E24" s="130"/>
+      <c r="F24" s="130"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B25" s="80" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="79">
         <v>21101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="A3:F3"/>
-[...3 lines deleted...]
-    <mergeCell ref="C7:F7"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A20:F20"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="C7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" customWidth="1"/>
     <col min="7" max="9" width="17.85546875" customWidth="1"/>
     <col min="10" max="10" width="19.28515625" customWidth="1"/>
     <col min="11" max="11" width="20.5703125" customWidth="1"/>
     <col min="13" max="13" width="18.42578125" customWidth="1"/>
     <col min="14" max="14" width="18.28515625" customWidth="1"/>
     <col min="15" max="15" width="18" customWidth="1"/>
     <col min="16" max="16" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="2" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="141" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="141"/>
       <c r="C1" s="141"/>
       <c r="D1" s="141"/>
       <c r="E1" s="141"/>
       <c r="F1" s="10"/>
       <c r="G1" s="141" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H1" s="141"/>
       <c r="I1" s="141"/>
       <c r="J1" s="141"/>
       <c r="K1" s="140"/>
       <c r="M1" s="137" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="N1" s="137"/>
       <c r="O1" s="137"/>
       <c r="P1" s="137"/>
     </row>
     <row r="2" spans="1:16" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="142" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="144" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C2" s="145"/>
       <c r="D2" s="145"/>
       <c r="E2" s="146"/>
       <c r="F2" s="10"/>
       <c r="G2" s="142" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="H2" s="144" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I2" s="145"/>
       <c r="J2" s="145"/>
       <c r="K2" s="146"/>
       <c r="M2" s="138" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N2" s="138"/>
       <c r="O2" s="138"/>
       <c r="P2" s="138"/>
     </row>
     <row r="3" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="143"/>
       <c r="B3" s="93" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C3" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="D3" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="D3" s="93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="93" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F3" s="10"/>
       <c r="G3" s="143"/>
       <c r="H3" s="93" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="I3" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" s="93" t="s">
         <v>44</v>
       </c>
-      <c r="J3" s="93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K3" s="93" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="M3" s="101" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N3" s="101" t="s">
+        <v>42</v>
+      </c>
+      <c r="O3" s="101" t="s">
         <v>44</v>
       </c>
-      <c r="O3" s="101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="101" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>10</v>
       </c>
       <c r="B4" s="11">
         <v>65</v>
       </c>
       <c r="C4" s="11">
         <v>61</v>
       </c>
       <c r="D4" s="11">
         <v>56</v>
       </c>
       <c r="E4" s="11">
         <v>5492</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="12">
         <v>10</v>
       </c>
       <c r="H4" s="11">
         <v>65</v>
       </c>
@@ -5390,59 +5390,59 @@
       <c r="D26" s="13">
         <v>4355</v>
       </c>
       <c r="E26" s="13">
         <v>427087</v>
       </c>
       <c r="F26" s="49"/>
       <c r="G26" s="14">
         <v>100000</v>
       </c>
       <c r="H26" s="13">
         <v>5055</v>
       </c>
       <c r="I26" s="13">
         <v>4773</v>
       </c>
       <c r="J26" s="13">
         <v>4355</v>
       </c>
       <c r="K26" s="13">
         <v>427087</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="139" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B27" s="139"/>
       <c r="C27" s="139"/>
       <c r="D27" s="139"/>
       <c r="E27" s="140"/>
       <c r="F27" s="15"/>
       <c r="G27" s="139" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="H27" s="139"/>
       <c r="I27" s="139"/>
       <c r="J27" s="139"/>
       <c r="K27" s="140"/>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A28" s="8"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
     </row>
     <row r="29" spans="1:11" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="M1:P1"/>
     <mergeCell ref="M2:P2"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="G27:K27"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="A2:A3"/>
@@ -5470,236 +5470,236 @@
     <col min="2" max="5" width="17.85546875" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="11" width="17.85546875" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="88" customWidth="1"/>
     <col min="14" max="14" width="17.85546875" style="88" customWidth="1"/>
     <col min="15" max="15" width="16.42578125" customWidth="1"/>
     <col min="16" max="16" width="42.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="147" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="148"/>
       <c r="C1" s="148"/>
       <c r="D1" s="148"/>
       <c r="E1" s="148"/>
       <c r="G1" s="147" t="s">
         <v>14</v>
       </c>
       <c r="H1" s="149"/>
       <c r="I1" s="149"/>
       <c r="J1" s="149"/>
       <c r="K1" s="149"/>
       <c r="M1" s="83" t="s">
+        <v>31</v>
+      </c>
+      <c r="N1" s="83" t="s">
+        <v>32</v>
+      </c>
+      <c r="O1" s="87" t="s">
         <v>33</v>
       </c>
-      <c r="N1" s="83" t="s">
+      <c r="P1" s="88" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A2" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="26" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="C2" s="26" t="s">
+      <c r="E2" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="D2" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G2" s="26" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="H2" s="26" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="J2" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="J2" s="26" t="s">
+      <c r="L2" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="K2" s="26" t="s">
+      <c r="M2" s="89" t="s">
+        <v>39</v>
+      </c>
+      <c r="N2" s="85" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="O2" s="89" t="s">
         <v>9</v>
       </c>
       <c r="P2" s="84" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>0</v>
       </c>
       <c r="B3" s="11">
         <v>0</v>
       </c>
       <c r="C3" s="11">
         <v>0</v>
       </c>
       <c r="D3" s="11">
         <v>0</v>
       </c>
       <c r="E3" s="11">
         <v>0</v>
       </c>
       <c r="F3" s="31"/>
       <c r="G3" s="11">
         <v>0</v>
       </c>
       <c r="H3" s="11">
         <v>0</v>
       </c>
       <c r="I3" s="11">
         <v>0</v>
       </c>
       <c r="J3" s="11">
         <v>0</v>
       </c>
       <c r="K3" s="11">
         <v>0</v>
       </c>
       <c r="M3" s="85" t="s">
+        <v>41</v>
+      </c>
+      <c r="N3" s="85" t="s">
+        <v>42</v>
+      </c>
+      <c r="O3" s="81" t="s">
         <v>43</v>
       </c>
-      <c r="N3" s="85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P3" s="84" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>10</v>
       </c>
       <c r="B4" s="11">
         <v>65</v>
       </c>
       <c r="C4" s="11">
         <v>61</v>
       </c>
       <c r="D4" s="11">
         <v>56</v>
       </c>
       <c r="E4" s="11">
         <v>5492</v>
       </c>
       <c r="G4" s="27">
         <v>10</v>
       </c>
       <c r="H4" s="11">
         <v>65</v>
       </c>
       <c r="I4" s="11">
         <v>61</v>
       </c>
       <c r="J4" s="11">
         <v>56</v>
       </c>
       <c r="K4" s="11">
         <v>5492</v>
       </c>
       <c r="M4" s="85"/>
       <c r="N4" s="85" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="O4" s="81" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="P4" s="84" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="165.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>50</v>
       </c>
       <c r="B5" s="11">
         <v>123</v>
       </c>
       <c r="C5" s="11">
         <v>116</v>
       </c>
       <c r="D5" s="11">
         <v>106</v>
       </c>
       <c r="E5" s="11">
         <v>10392</v>
       </c>
       <c r="G5" s="27">
         <v>50</v>
       </c>
       <c r="H5" s="11">
         <v>123</v>
       </c>
       <c r="I5" s="11">
         <v>116</v>
       </c>
       <c r="J5" s="11">
         <v>106</v>
       </c>
       <c r="K5" s="11">
         <v>10392</v>
       </c>
       <c r="M5" s="85"/>
       <c r="N5" s="85" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="O5" s="81" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P5" s="84" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>100</v>
       </c>
       <c r="B6" s="11">
         <v>158</v>
       </c>
       <c r="C6" s="11">
         <v>149</v>
       </c>
       <c r="D6" s="11">
         <v>136</v>
       </c>
       <c r="E6" s="11">
         <v>13349</v>
       </c>
       <c r="G6" s="27">
         <v>100</v>
       </c>
       <c r="H6" s="11">
         <v>158</v>
       </c>
       <c r="I6" s="11">
@@ -9992,188 +9992,188 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51DE13BA-27EA-4733-904A-624C2DCC3E24}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:F30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="47.140625" customWidth="1"/>
     <col min="3" max="3" width="4.42578125" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B2" s="59" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="59"/>
-      <c r="D2" s="125" t="s">
+      <c r="D2" s="131" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="112"/>
       <c r="F2" s="112"/>
     </row>
     <row r="3" spans="1:6" s="8" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="68"/>
       <c r="B3" s="69" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="68"/>
-      <c r="D3" s="128">
+      <c r="D3" s="125">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
-      <c r="E3" s="128"/>
-      <c r="F3" s="124"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="126"/>
     </row>
     <row r="4" spans="1:6" s="67" customFormat="1" ht="177.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="68"/>
       <c r="B4" s="63" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
       <c r="C4" s="63"/>
-      <c r="D4" s="150">
+      <c r="D4" s="160">
         <f>'Счет-фактура'!D11:E11</f>
         <v>0</v>
       </c>
-      <c r="E4" s="151"/>
-      <c r="F4" s="152"/>
+      <c r="E4" s="161"/>
+      <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" s="67" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8"/>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
     </row>
     <row r="6" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="66"/>
       <c r="B6" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="125" t="str">
+      <c r="C6" s="131" t="str">
         <f>"ДСЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ДСЭПТ//011225</v>
-[...2 lines deleted...]
-      <c r="E6" s="153"/>
+        <v>ДСЭПТ//050126</v>
+      </c>
+      <c r="D6" s="131"/>
+      <c r="E6" s="163"/>
       <c r="F6" s="112"/>
     </row>
     <row r="7" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="66"/>
-      <c r="B7" s="154" t="s">
+      <c r="B7" s="150" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="154"/>
-      <c r="D7" s="154"/>
+      <c r="C7" s="150"/>
+      <c r="D7" s="150"/>
       <c r="E7" s="108"/>
       <c r="F7" s="108"/>
     </row>
     <row r="8" spans="1:6" s="8" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:6" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="59"/>
       <c r="B9" s="65" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="65"/>
       <c r="D9" s="65"/>
       <c r="E9" s="65"/>
       <c r="F9" s="4" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="8" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="60"/>
       <c r="B10" s="60"/>
       <c r="C10" s="59"/>
       <c r="D10" s="59"/>
       <c r="E10" s="59"/>
     </row>
     <row r="11" spans="1:6" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="63"/>
-      <c r="B11" s="154" t="str">
+      <c r="B11" s="150" t="str">
         <f>"Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № "&amp;C6&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г."</f>
-        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//011225 от 01.12.2025г.</v>
-[...4 lines deleted...]
-      <c r="F11" s="156"/>
+        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ДСЭПТ//050126 от 05.01.2026г.</v>
+      </c>
+      <c r="C11" s="151"/>
+      <c r="D11" s="151"/>
+      <c r="E11" s="152"/>
+      <c r="F11" s="152"/>
     </row>
     <row r="12" spans="1:6" s="8" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="63"/>
-      <c r="B12" s="159" t="s">
+      <c r="B12" s="155" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="160"/>
-[...2 lines deleted...]
-      <c r="F12" s="161"/>
+      <c r="C12" s="156"/>
+      <c r="D12" s="156"/>
+      <c r="E12" s="156"/>
+      <c r="F12" s="157"/>
     </row>
     <row r="13" spans="1:6" s="63" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="65"/>
       <c r="C13" s="8"/>
       <c r="D13" s="64"/>
       <c r="E13" s="64"/>
       <c r="F13" s="8"/>
     </row>
     <row r="14" spans="1:6" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8"/>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
     </row>
     <row r="15" spans="1:6" s="58" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="36" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="72" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="70"/>
       <c r="D15" s="72" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E15" s="70"/>
       <c r="F15" s="36" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:6" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="36" t="str">
         <f>IF(Заявление!H9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="72" t="str">
         <f>IF(Заявление!H9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="70"/>
       <c r="D16" s="76" t="str">
         <f>IF(Заявление!H9&gt;0,Заявление!H9,"")</f>
         <v/>
       </c>
       <c r="E16" s="74"/>
       <c r="F16" s="23" t="str">
         <f>IF(Заявление!H9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
@@ -10211,144 +10211,144 @@
       <c r="C18" s="70"/>
       <c r="D18" s="76" t="str">
         <f>IF(Заявление!J9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="74"/>
       <c r="F18" s="23" t="str">
         <f>IF(Заявление!J9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="73" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="71"/>
       <c r="D19" s="77"/>
       <c r="E19" s="75"/>
       <c r="F19" s="24">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="162" t="str">
+      <c r="A20" s="158" t="str">
         <f>'Счет-фактура'!A20:F20</f>
         <v xml:space="preserve">      Всего услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="162"/>
-[...3 lines deleted...]
-      <c r="F20" s="162"/>
+      <c r="B20" s="158"/>
+      <c r="C20" s="158"/>
+      <c r="D20" s="158"/>
+      <c r="E20" s="158"/>
+      <c r="F20" s="158"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="61"/>
       <c r="B21" s="62"/>
       <c r="C21" s="62"/>
       <c r="D21" s="62"/>
       <c r="E21" s="62"/>
       <c r="F21" s="62"/>
     </row>
     <row r="22" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="124" t="s">
+      <c r="A22" s="126" t="s">
         <v>25</v>
       </c>
-      <c r="B22" s="124"/>
-[...3 lines deleted...]
-      <c r="F22" s="124"/>
+      <c r="B22" s="126"/>
+      <c r="C22" s="126"/>
+      <c r="D22" s="126"/>
+      <c r="E22" s="126"/>
+      <c r="F22" s="126"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="111"/>
       <c r="B23" s="111"/>
       <c r="C23" s="111"/>
       <c r="D23" s="111"/>
       <c r="E23" s="111"/>
       <c r="F23" s="111"/>
     </row>
     <row r="24" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="160" t="s">
+      <c r="A24" s="156" t="s">
         <v>24</v>
       </c>
-      <c r="B24" s="160"/>
-[...3 lines deleted...]
-      <c r="F24" s="160"/>
+      <c r="B24" s="156"/>
+      <c r="C24" s="156"/>
+      <c r="D24" s="156"/>
+      <c r="E24" s="156"/>
+      <c r="F24" s="156"/>
     </row>
     <row r="26" spans="1:6" ht="126" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="163" t="s">
-[...6 lines deleted...]
-      <c r="F26" s="163"/>
+      <c r="A26" s="159" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="159"/>
+      <c r="C26" s="159"/>
+      <c r="D26" s="159"/>
+      <c r="E26" s="159"/>
+      <c r="F26" s="159"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" t="s">
         <v>22</v>
       </c>
-      <c r="C29" s="157"/>
-[...2 lines deleted...]
-      <c r="F29" s="157"/>
+      <c r="C29" s="153"/>
+      <c r="D29" s="153"/>
+      <c r="E29" s="153"/>
+      <c r="F29" s="153"/>
     </row>
     <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C30" s="158" t="s">
+      <c r="C30" s="154" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="158"/>
-[...1 lines deleted...]
-      <c r="F30" s="158"/>
+      <c r="D30" s="154"/>
+      <c r="E30" s="154"/>
+      <c r="F30" s="154"/>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="B7:F7"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="C29:F29"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="B12:F12"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A26:F26"/>
-    <mergeCell ref="D2:F2"/>
-[...3 lines deleted...]
-    <mergeCell ref="B7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Заявление</vt:lpstr>