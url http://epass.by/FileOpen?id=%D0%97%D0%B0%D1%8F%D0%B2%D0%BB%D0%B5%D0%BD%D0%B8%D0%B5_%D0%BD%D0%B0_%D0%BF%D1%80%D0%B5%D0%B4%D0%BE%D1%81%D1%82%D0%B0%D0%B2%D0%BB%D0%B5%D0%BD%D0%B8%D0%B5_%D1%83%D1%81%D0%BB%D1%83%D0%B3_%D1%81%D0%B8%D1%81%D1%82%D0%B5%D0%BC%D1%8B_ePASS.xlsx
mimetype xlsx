--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -10,96 +10,99 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="21126"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mkotov\Desktop\API GS1 Rus\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mkotov\Desktop\ЗАГРУЗЧИК 4\Выборка\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC0CA85E-F2B1-4CA4-BC45-C4BAB615A9D2}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CE93918-732E-4BAA-B87D-1253DA98DC72}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="12495" windowHeight="10905" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Заявление" sheetId="1" r:id="rId1"/>
     <sheet name="Счет-фактура" sheetId="2" r:id="rId2"/>
     <sheet name="Тарифы" sheetId="3" r:id="rId3"/>
     <sheet name="Справочники" sheetId="4" r:id="rId4"/>
     <sheet name="Акт" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="n_1" localSheetId="1">{"","одинz","дваz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n_2" localSheetId="1">{"десятьz","одиннадцатьz","двенадцатьz","тринадцатьz","четырнадцатьz","пятнадцатьz","шестнадцатьz","семнадцатьz","восемнадцатьz","девятнадцатьz"}</definedName>
     <definedName name="n_3" localSheetId="1">{"";1;"двадцатьz";"тридцатьz";"сорокz";"пятьдесятz";"шестьдесятz";"семьдесятz";"восемьдесятz";"девяностоz"}</definedName>
     <definedName name="n_4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_5" localSheetId="1">{"","однаz","двеz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n0">"000000000000"&amp;MID(1/2,2,1)&amp;"00"</definedName>
     <definedName name="n0x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_1)</definedName>
     <definedName name="n1x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_5)</definedName>
     <definedName name="Количество_GTIN">Справочники!$A$4:$A$116</definedName>
     <definedName name="Количество_GTIN_2">Справочники!$G$4:$G$116</definedName>
     <definedName name="Количество_GTIN3">Справочники!$A$3:$A$116</definedName>
     <definedName name="Количество_XML">Справочники!$G$3:$G$116</definedName>
     <definedName name="мил">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="тыс">{0,"тысячz";1,"тысячаz";2,"тысячиz";5,"тысячz"}</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B17" i="2" l="1"/>
+  <c r="B17" i="5"/>
+  <c r="B16" i="5"/>
+  <c r="B16" i="2"/>
   <c r="B11" i="5" l="1"/>
   <c r="F18" i="2" l="1"/>
   <c r="D18" i="2"/>
   <c r="B18" i="2"/>
   <c r="A18" i="2"/>
   <c r="F18" i="5" l="1"/>
   <c r="D18" i="5"/>
   <c r="B18" i="5"/>
   <c r="A17" i="2"/>
-  <c r="B17" i="2"/>
   <c r="K28" i="4" l="1"/>
   <c r="K29" i="4"/>
   <c r="K30" i="4"/>
   <c r="K31" i="4" s="1"/>
   <c r="K32" i="4" s="1"/>
   <c r="K33" i="4" s="1"/>
   <c r="K34" i="4" s="1"/>
   <c r="K35" i="4" s="1"/>
   <c r="K36" i="4" s="1"/>
   <c r="K37" i="4" s="1"/>
   <c r="K38" i="4" s="1"/>
   <c r="K39" i="4" s="1"/>
   <c r="K40" i="4" s="1"/>
   <c r="K41" i="4" s="1"/>
   <c r="K42" i="4" s="1"/>
   <c r="K43" i="4" s="1"/>
   <c r="K44" i="4" s="1"/>
   <c r="K45" i="4" s="1"/>
   <c r="K46" i="4" s="1"/>
   <c r="K47" i="4" s="1"/>
   <c r="K48" i="4" s="1"/>
   <c r="K49" i="4" s="1"/>
   <c r="K50" i="4" s="1"/>
   <c r="K51" i="4" s="1"/>
   <c r="K52" i="4" s="1"/>
@@ -776,62 +779,59 @@
   <c r="B93" i="4" s="1"/>
   <c r="B94" i="4" s="1"/>
   <c r="B95" i="4" s="1"/>
   <c r="B96" i="4" s="1"/>
   <c r="B97" i="4" s="1"/>
   <c r="B98" i="4" s="1"/>
   <c r="B99" i="4" s="1"/>
   <c r="B100" i="4" s="1"/>
   <c r="B101" i="4" s="1"/>
   <c r="B102" i="4" s="1"/>
   <c r="B103" i="4" s="1"/>
   <c r="B104" i="4" s="1"/>
   <c r="B105" i="4" s="1"/>
   <c r="B106" i="4" s="1"/>
   <c r="B107" i="4" s="1"/>
   <c r="B108" i="4" s="1"/>
   <c r="B109" i="4" s="1"/>
   <c r="B110" i="4" s="1"/>
   <c r="B111" i="4" s="1"/>
   <c r="B112" i="4" s="1"/>
   <c r="B113" i="4" s="1"/>
   <c r="B114" i="4" s="1"/>
   <c r="B115" i="4" s="1"/>
   <c r="B116" i="4" s="1"/>
   <c r="B27" i="4"/>
-  <c r="B17" i="5" l="1"/>
   <c r="C7" i="2" l="1"/>
   <c r="A24" i="2" l="1"/>
   <c r="A6" i="2"/>
   <c r="F15" i="2"/>
   <c r="D16" i="2"/>
   <c r="F16" i="2" s="1"/>
   <c r="A11" i="2"/>
   <c r="F15" i="5" l="1"/>
   <c r="B4" i="5"/>
-  <c r="B16" i="5" l="1"/>
-  <c r="B16" i="2"/>
   <c r="D4" i="5" l="1"/>
   <c r="C6" i="5" l="1"/>
   <c r="D3" i="5"/>
   <c r="D17" i="5"/>
   <c r="F17" i="5" s="1"/>
   <c r="A17" i="5"/>
   <c r="A18" i="5" s="1"/>
   <c r="D16" i="5"/>
   <c r="F16" i="5" s="1"/>
   <c r="A16" i="5"/>
   <c r="F19" i="5" l="1"/>
   <c r="A20" i="5"/>
   <c r="D17" i="2" l="1"/>
   <c r="F17" i="2" s="1"/>
   <c r="F19" i="2" s="1"/>
   <c r="A16" i="2"/>
   <c r="D10" i="2" l="1"/>
   <c r="A3" i="2" l="1"/>
   <c r="A20" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
@@ -921,51 +921,51 @@
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Максим Н. Котов</author>
   </authors>
   <commentList>
     <comment ref="F9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0400-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>Введите дату оплаты по договору</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="82">
   <si>
     <t>Введите дату заявления в формате ДД.ММ.ГГГГ</t>
   </si>
   <si>
     <t>GLN</t>
   </si>
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
     <t>Количество GTIN</t>
   </si>
   <si>
     <t>Цена без НДС, руб. </t>
   </si>
   <si>
     <t>ИСПОЛНИТЕЛЬ:</t>
   </si>
   <si>
     <t>ЗАКАЗЧИК:</t>
   </si>
   <si>
@@ -1028,53 +1028,50 @@
     <t>АКТ №</t>
   </si>
   <si>
     <t>г. Минск</t>
   </si>
   <si>
     <t xml:space="preserve">       Услуги оказаны ЗАКАЗЧИКУ в полном объеме в требуемые сроки. К качеству оказанных услуг ЗАКАЗЧИК претензий не имеет.</t>
   </si>
   <si>
     <t>От Заказчика:</t>
   </si>
   <si>
     <t>Руководитель</t>
   </si>
   <si>
     <t>(ФИО, должность, подпись)</t>
   </si>
   <si>
     <t xml:space="preserve">      Стоимость услуг без НДС на основании п.27 Гл.5 Декрета Президента Республики Беларусь №12 от 22.09.2005 г. "О Парке высоких технологий".</t>
   </si>
   <si>
     <t>Исполнитель оказал Заказчику услуги межведомственной распределенной информационной системы "Банк данных электронных паспортов товаров" (ePASS)</t>
   </si>
   <si>
     <t xml:space="preserve">                    сдачи-приемки оказанных услуг</t>
-  </si>
-[...1 lines deleted...]
-    <t>Количество, GTIN</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Полное наименование юридического лица или ИП</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
@@ -1231,87 +1228,50 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Валюта платежа</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (платеж в белорусских рублях только для резидентов РБ)</t>
     </r>
   </si>
   <si>
-    <r>
-[...35 lines deleted...]
-  <si>
     <t>Работник заказчика, отвечающий за взаимодействие с ePASS</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Пароль</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
@@ -1405,88 +1365,50 @@
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в евро (EUR) № BY43AKBB30120274637825300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</t>
   </si>
   <si>
     <t>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в российских рублях (RUB) № BY76AKBB30120274634505300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</t>
   </si>
   <si>
     <t>Идентификатор Заявления:</t>
   </si>
   <si>
     <t>Увеличение количества свыше 100 000 GTIN производится кратно 10 000, при этом стоимость каждых 10 000 GTIN составляет 505 белорусских рублей, 42708 российских рублей, 477 долларов США, 435 евро.</t>
   </si>
   <si>
     <t>Получение данных о товарах и организациях из ePASS посредством веб-сервисов</t>
-  </si>
-[...36 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Услуга "Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации"
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1586,51 +1508,132 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 (договорной период равен 12 месяцам)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>укажите "ДА"</t>
     </r>
   </si>
   <si>
     <t>Форма заявления действует до 31.12.2025</t>
   </si>
   <si>
     <t>Счет-фактура действует до 31.12.2025</t>
   </si>
   <si>
-    <t xml:space="preserve"> октября 2025 г.</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Объем подключаемых услуг</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>выберите количество из выпадающего списка</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Услуга "Получение данных о товарах и организациях из ePASS посредством веб-сервисов"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>это услуга по предоставление доступа к веб-сервисам сайта http://epass.by для автоматического получения электронных паспортов товаров и организаций по GTIN, GLN</t>
+    </r>
+  </si>
+  <si>
+    <t>Количество GTIN, GLN</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> декабря 2025 г.</t>
+  </si>
+  <si>
+    <t>Количество, штук</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _₽_-;\-* #,##0.00\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.000\ _₽_-;\-* #,##0.000\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.00;[Red]0.00"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -2538,165 +2541,165 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...8 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Гиперссылка" xfId="4" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Обычный 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Финансовый" xfId="3" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
@@ -2995,82 +2998,83 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epass.by/jsf/Attendance.jsp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="L13" sqref="L13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.28515625" customWidth="1"/>
     <col min="2" max="2" width="29.5703125" customWidth="1"/>
     <col min="3" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="17.140625" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" customWidth="1"/>
     <col min="7" max="7" width="22.28515625" customWidth="1"/>
     <col min="8" max="8" width="21.140625" customWidth="1"/>
     <col min="9" max="9" width="17.5703125" customWidth="1"/>
     <col min="10" max="10" width="22.7109375" customWidth="1"/>
     <col min="11" max="11" width="32" customWidth="1"/>
     <col min="12" max="12" width="37" customWidth="1"/>
     <col min="13" max="13" width="33.7109375" customWidth="1"/>
-    <col min="14" max="15" width="43.85546875" customWidth="1"/>
+    <col min="14" max="14" width="46.85546875" customWidth="1"/>
+    <col min="15" max="15" width="43.85546875" customWidth="1"/>
     <col min="16" max="16" width="32.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15">
-        <v>45931</v>
+        <v>45992</v>
       </c>
       <c r="B2" s="26" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:16" s="2" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="118" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="119"/>
       <c r="C3" s="119"/>
       <c r="D3" s="119"/>
       <c r="E3" s="119"/>
       <c r="F3" s="119"/>
       <c r="G3" s="119"/>
       <c r="H3" s="13"/>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="13"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
       <c r="N3" s="13"/>
       <c r="O3" s="13"/>
       <c r="P3" s="13"/>
     </row>
     <row r="4" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="120" t="s">
         <v>17</v>
@@ -3110,141 +3114,141 @@
       <c r="N5" s="14"/>
       <c r="O5" s="108"/>
       <c r="P5" s="14"/>
     </row>
     <row r="6" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="124" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="125"/>
       <c r="C6" s="125"/>
       <c r="D6" s="125"/>
       <c r="E6" s="125"/>
       <c r="F6" s="125"/>
       <c r="G6" s="125"/>
     </row>
     <row r="7" spans="1:16" s="37" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="126" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="127"/>
       <c r="C7" s="127"/>
       <c r="D7" s="128"/>
       <c r="E7" s="128"/>
       <c r="F7" s="129"/>
       <c r="G7" s="113" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="H7" s="114"/>
       <c r="I7" s="114"/>
       <c r="J7" s="115"/>
       <c r="K7" s="113" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="115"/>
       <c r="M7" s="116" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="N7" s="117"/>
       <c r="O7" s="130" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="P7" s="111" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="37" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="50" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B8" s="51" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C8" s="99" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="100" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E8" s="90" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F8" s="52" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G8" s="101" t="s">
         <v>2</v>
       </c>
       <c r="H8" s="99" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="99" t="s">
         <v>21</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="53" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="L8" s="54" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="M8" s="55" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="N8" s="104" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="O8" s="131"/>
       <c r="P8" s="112"/>
     </row>
     <row r="9" spans="1:16" s="43" customFormat="1" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="38"/>
       <c r="B9" s="39"/>
       <c r="C9" s="42"/>
       <c r="D9" s="98" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E9" s="98" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F9" s="103"/>
       <c r="G9" s="41"/>
       <c r="H9" s="39"/>
       <c r="I9" s="42"/>
       <c r="J9" s="44"/>
       <c r="K9" s="41"/>
       <c r="L9" s="40"/>
       <c r="M9" s="41">
         <v>0</v>
       </c>
       <c r="N9" s="105">
         <v>0</v>
       </c>
       <c r="O9" s="98" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="P9" s="106"/>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="35"/>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="36"/>
       <c r="I10" s="36"/>
       <c r="J10" s="36"/>
       <c r="K10" s="36"/>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="33"/>
       <c r="B11" s="34"/>
       <c r="C11" s="34"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
     </row>
@@ -3310,453 +3314,453 @@
           <x14:formula1>
             <xm:f>Справочники!$N$2:$N$5</xm:f>
           </x14:formula1>
           <xm:sqref>E9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6EEB57E2-5C72-424D-83CF-A7F6324568A6}">
           <x14:formula1>
             <xm:f>Справочники!$L$1:$L$2</xm:f>
           </x14:formula1>
           <xm:sqref>P9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="C7" sqref="C7:F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
-    <col min="2" max="2" width="43.42578125" customWidth="1"/>
+    <col min="2" max="2" width="44.42578125" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="24.140625" customWidth="1"/>
     <col min="5" max="5" width="3.140625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" customWidth="1"/>
     <col min="7" max="7" width="13.28515625" customWidth="1"/>
     <col min="8" max="9" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:8" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="132" t="str">
+      <c r="A3" s="139" t="str">
         <f>"СЧЕТ-ФАКТУРА от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;" г."</f>
-        <v>СЧЕТ-ФАКТУРА от 01.10.2025 г.</v>
-[...4 lines deleted...]
-      <c r="E3" s="132"/>
+        <v>СЧЕТ-ФАКТУРА от 01.12.2025 г.</v>
+      </c>
+      <c r="B3" s="139"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="139"/>
+      <c r="E3" s="139"/>
       <c r="F3" s="123"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="59"/>
       <c r="B4" s="82" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C4" s="60"/>
       <c r="D4" s="60"/>
       <c r="E4" s="60"/>
     </row>
     <row r="5" spans="1:8" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:8" s="58" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="141" t="str">
+      <c r="A6" s="134" t="str">
         <f>"К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № "&amp;C7&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)"</f>
-        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//011025 от 01.10.2025г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
-[...4 lines deleted...]
-      <c r="E6" s="141"/>
+        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//011225 от 01.12.2025г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
+      </c>
+      <c r="B6" s="134"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="134"/>
     </row>
     <row r="7" spans="1:8" s="58" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="61"/>
       <c r="B7" s="19" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="C7" s="133" t="str">
+        <v>69</v>
+      </c>
+      <c r="C7" s="140" t="str">
         <f>"ПДЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ПДЭПТ//011025</v>
-[...3 lines deleted...]
-      <c r="F7" s="136"/>
+        <v>ПДЭПТ//011225</v>
+      </c>
+      <c r="D7" s="141"/>
+      <c r="E7" s="142"/>
+      <c r="F7" s="143"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="142" t="s">
+      <c r="A9" s="135" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="142"/>
+      <c r="B9" s="135"/>
       <c r="C9" s="62"/>
-      <c r="D9" s="142" t="s">
+      <c r="D9" s="135" t="s">
         <v>7</v>
       </c>
-      <c r="E9" s="142"/>
+      <c r="E9" s="135"/>
     </row>
     <row r="10" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="138" t="s">
+      <c r="A10" s="137" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="138"/>
+      <c r="B10" s="137"/>
       <c r="C10" s="62"/>
-      <c r="D10" s="138">
+      <c r="D10" s="137">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
-      <c r="E10" s="138"/>
+      <c r="E10" s="137"/>
       <c r="F10" s="123"/>
     </row>
     <row r="11" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="143" t="str">
+      <c r="A11" s="136" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
-      <c r="B11" s="143"/>
-[...1 lines deleted...]
-      <c r="E11" s="137"/>
+      <c r="B11" s="136"/>
+      <c r="D11" s="144"/>
+      <c r="E11" s="144"/>
       <c r="F11" s="123"/>
     </row>
     <row r="12" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="56"/>
       <c r="B12" s="64"/>
       <c r="D12" s="57"/>
       <c r="E12" s="57"/>
     </row>
     <row r="13" spans="1:8" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="56"/>
       <c r="B13" s="64"/>
       <c r="D13" s="57"/>
       <c r="E13" s="57"/>
     </row>
     <row r="14" spans="1:8" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:8" s="56" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="76" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="74"/>
       <c r="D15" s="76" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="E15" s="74"/>
       <c r="F15" s="32" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="56" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="str">
         <f>IF(Заявление!M9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="76" t="str">
-        <f>IF(Заявление!M9&gt;0,"Размещение данных о товарах в ePASS","")</f>
+        <f>IF(Заявление!M9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="74"/>
       <c r="D16" s="80" t="str">
         <f>IF(Заявление!M9&gt;0,Заявление!M9,"")</f>
         <v/>
       </c>
       <c r="E16" s="78"/>
       <c r="F16" s="17" t="str">
         <f>IF(Заявление!M9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
       <c r="H16" s="89"/>
     </row>
-    <row r="17" spans="1:7" s="56" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" s="56" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="str">
         <f>IF(Заявление!N9&gt;0,IF(Заявление!M9&gt;0,2,1),"")</f>
         <v/>
       </c>
       <c r="B17" s="76" t="str">
-        <f>IF(Заявление!N9&gt;0,"Получение данных о товарах из ePASS посредством веб-сервисов","")</f>
+        <f>IF(Заявление!N9&gt;0,"Получение данных о товарах и организациях из ePASS посредством веб-сервисов (GTIN и GLN)","")</f>
         <v/>
       </c>
       <c r="C17" s="74"/>
       <c r="D17" s="80" t="str">
         <f>IF(Заявление!N9&gt;0,Заявление!N9,"")</f>
         <v/>
       </c>
       <c r="E17" s="78"/>
       <c r="F17" s="17" t="str">
         <f>IF(Заявление!N9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D17,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D17,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D17,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D17,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:7" s="107" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="32" t="str">
         <f>IF(Заявление!O9="ДА",IF(A17=1,2,IF(A17=2,3,IF(A16=1,2,1))),"")</f>
         <v/>
       </c>
       <c r="B18" s="76" t="str">
         <f>IF(Заявление!O9="ДА","Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации","")</f>
         <v/>
       </c>
       <c r="C18" s="74"/>
       <c r="D18" s="17" t="str">
         <f>IF(Заявление!O9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="78"/>
       <c r="F18" s="17" t="str">
         <f>IF(Заявление!O9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="16"/>
       <c r="B19" s="77" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="75"/>
       <c r="D19" s="81"/>
       <c r="E19" s="79"/>
       <c r="F19" s="18">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="144" t="str">
+      <c r="A20" s="138" t="str">
         <f>_xlfn.IFS(Заявление!E9=Справочники!N2,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") белорусских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N5,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") российских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N3,"Всего на сумму "&amp;F19&amp;" Долларов США (USD) 00 центов",Заявление!E9=Справочники!N4,"Всего на сумму "&amp;F19&amp;" Евро (EUR) 00 центов")</f>
         <v xml:space="preserve">      Всего услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="144"/>
-[...3 lines deleted...]
-      <c r="F20" s="144"/>
+      <c r="B20" s="138"/>
+      <c r="C20" s="138"/>
+      <c r="D20" s="138"/>
+      <c r="E20" s="138"/>
+      <c r="F20" s="138"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="65"/>
       <c r="B21" s="66"/>
       <c r="C21" s="66"/>
       <c r="D21" s="66"/>
       <c r="E21" s="66"/>
       <c r="F21" s="66"/>
       <c r="G21" s="96"/>
     </row>
     <row r="22" spans="1:7" s="58" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="140" t="s">
+      <c r="A22" s="133" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="140"/>
-[...3 lines deleted...]
-      <c r="F22" s="140"/>
+      <c r="B22" s="133"/>
+      <c r="C22" s="133"/>
+      <c r="D22" s="133"/>
+      <c r="E22" s="133"/>
+      <c r="F22" s="133"/>
       <c r="G22" s="97"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="122" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="122"/>
       <c r="C23" s="122"/>
       <c r="D23" s="122"/>
       <c r="E23" s="122"/>
       <c r="F23" s="122"/>
     </row>
     <row r="24" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="139" t="str">
+      <c r="A24" s="132" t="str">
         <f>"Оплата услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
 Идентификатор Заявления: "&amp;C7</f>
         <v>Оплата услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
-Идентификатор Заявления: ПДЭПТ//011025</v>
-[...5 lines deleted...]
-      <c r="F24" s="139"/>
+Идентификатор Заявления: ПДЭПТ//011225</v>
+      </c>
+      <c r="B24" s="132"/>
+      <c r="C24" s="132"/>
+      <c r="D24" s="132"/>
+      <c r="E24" s="132"/>
+      <c r="F24" s="132"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B25" s="84" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C25" s="64">
         <v>21101</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B26" s="83"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A20:F20"/>
-    <mergeCell ref="A3:F3"/>
-[...3 lines deleted...]
-    <mergeCell ref="A23:F23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" customWidth="1"/>
     <col min="7" max="10" width="17.85546875" customWidth="1"/>
     <col min="11" max="11" width="19.140625" customWidth="1"/>
     <col min="13" max="13" width="18.7109375" customWidth="1"/>
     <col min="14" max="14" width="20.5703125" customWidth="1"/>
     <col min="15" max="15" width="21.5703125" customWidth="1"/>
     <col min="16" max="16" width="22.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="1" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="147" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="147"/>
       <c r="C1" s="147"/>
       <c r="D1" s="147"/>
       <c r="E1" s="147"/>
       <c r="F1" s="7"/>
       <c r="G1" s="147" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="H1" s="147"/>
       <c r="I1" s="147"/>
       <c r="J1" s="147"/>
       <c r="K1" s="148"/>
       <c r="M1" s="145" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
       <c r="P1" s="145"/>
     </row>
     <row r="2" spans="1:16" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="153" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="150" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C2" s="151"/>
       <c r="D2" s="151"/>
       <c r="E2" s="152"/>
       <c r="F2" s="7"/>
       <c r="G2" s="153" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="H2" s="150" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I2" s="151"/>
       <c r="J2" s="151"/>
       <c r="K2" s="152"/>
       <c r="M2" s="146" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
       <c r="P2" s="146"/>
     </row>
     <row r="3" spans="1:16" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="154"/>
       <c r="B3" s="95" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" s="95" t="s">
+        <v>44</v>
+      </c>
+      <c r="D3" s="95" t="s">
+        <v>45</v>
+      </c>
+      <c r="E3" s="95" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="154"/>
       <c r="H3" s="95" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" s="95" t="s">
+        <v>44</v>
+      </c>
+      <c r="J3" s="95" t="s">
+        <v>45</v>
+      </c>
+      <c r="K3" s="95" t="s">
         <v>52</v>
       </c>
-      <c r="I3" s="95" t="s">
+      <c r="M3" s="109" t="s">
+        <v>51</v>
+      </c>
+      <c r="N3" s="109" t="s">
+        <v>44</v>
+      </c>
+      <c r="O3" s="109" t="s">
         <v>45</v>
       </c>
-      <c r="J3" s="95" t="s">
-[...5 lines deleted...]
-      <c r="M3" s="109" t="s">
+      <c r="P3" s="109" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>10</v>
       </c>
       <c r="B4" s="8">
         <v>65</v>
       </c>
       <c r="C4" s="8">
         <v>61</v>
       </c>
       <c r="D4" s="8">
         <v>56</v>
       </c>
       <c r="E4" s="8">
         <v>5492</v>
       </c>
       <c r="F4" s="45"/>
       <c r="G4" s="9">
         <v>10</v>
       </c>
       <c r="H4" s="8">
         <v>65</v>
       </c>
@@ -4555,319 +4559,319 @@
       <c r="E26" s="10">
         <v>427087</v>
       </c>
       <c r="F26" s="45"/>
       <c r="G26" s="11">
         <v>100000</v>
       </c>
       <c r="H26" s="10">
         <v>5055</v>
       </c>
       <c r="I26" s="10">
         <v>4773</v>
       </c>
       <c r="J26" s="10">
         <v>4355</v>
       </c>
       <c r="K26" s="10">
         <v>427087</v>
       </c>
       <c r="L26" s="45"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
     </row>
     <row r="27" spans="1:15" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="149" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B27" s="149"/>
       <c r="C27" s="149"/>
       <c r="D27" s="149"/>
       <c r="E27" s="148"/>
       <c r="F27" s="12"/>
       <c r="G27" s="149" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H27" s="149"/>
       <c r="I27" s="149"/>
       <c r="J27" s="149"/>
       <c r="K27" s="148"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="5"/>
     </row>
     <row r="29" spans="1:15" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="M1:P1"/>
     <mergeCell ref="M2:P2"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="G27:K27"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:R124"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="N2" sqref="N2"/>
+      <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="5" width="17.85546875" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="11" width="17.85546875" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="91" customWidth="1"/>
     <col min="14" max="14" width="17.85546875" style="91" customWidth="1"/>
     <col min="15" max="15" width="16.42578125" customWidth="1"/>
     <col min="16" max="16" width="42.7109375" customWidth="1"/>
     <col min="18" max="18" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="155" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="157"/>
       <c r="C1" s="157"/>
       <c r="D1" s="157"/>
       <c r="E1" s="157"/>
       <c r="G1" s="155" t="s">
         <v>16</v>
       </c>
       <c r="H1" s="156"/>
       <c r="I1" s="156"/>
       <c r="J1" s="156"/>
       <c r="K1" s="156"/>
       <c r="M1" s="87" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N1" s="87" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="O1" s="93" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="P1" s="91" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="153" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="20" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="C2" s="20" t="s">
+      <c r="D2" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="D2" s="20" t="s">
+      <c r="E2" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="E2" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" s="20" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="H2" s="20" t="s">
         <v>5</v>
       </c>
       <c r="I2" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="J2" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="J2" s="20" t="s">
+      <c r="K2" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="K2" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L2" s="92" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M2" s="92" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="N2" s="64" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="O2" s="92" t="s">
         <v>11</v>
       </c>
       <c r="P2" s="88" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="Q2" s="88"/>
     </row>
     <row r="3" spans="1:18" ht="158.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8">
         <v>0</v>
       </c>
       <c r="B3" s="8">
         <v>0</v>
       </c>
       <c r="C3" s="8">
         <v>0</v>
       </c>
       <c r="D3" s="8">
         <v>0</v>
       </c>
       <c r="E3" s="8">
         <v>0</v>
       </c>
       <c r="F3" s="25"/>
       <c r="G3" s="8">
         <v>0</v>
       </c>
       <c r="H3" s="8">
         <v>0</v>
       </c>
       <c r="I3" s="8">
         <v>0</v>
       </c>
       <c r="J3" s="8">
         <v>0</v>
       </c>
       <c r="K3" s="8">
         <v>0</v>
       </c>
       <c r="M3" s="64" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="N3" s="64" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="O3" s="85" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P3" s="88" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="R3" s="85"/>
     </row>
     <row r="4" spans="1:18" ht="158.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>10</v>
       </c>
       <c r="B4" s="8">
         <v>65</v>
       </c>
       <c r="C4" s="8">
         <v>61</v>
       </c>
       <c r="D4" s="8">
         <v>56</v>
       </c>
       <c r="E4" s="8">
         <v>5492</v>
       </c>
       <c r="G4" s="21">
         <v>10</v>
       </c>
       <c r="H4" s="8">
         <v>65</v>
       </c>
       <c r="I4" s="8">
         <v>61</v>
       </c>
       <c r="J4" s="8">
         <v>56</v>
       </c>
       <c r="K4" s="8">
         <v>5492</v>
       </c>
       <c r="M4" s="64"/>
       <c r="N4" s="64" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="O4" s="85" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="P4" s="88" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:18" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8">
         <v>50</v>
       </c>
       <c r="B5" s="8">
         <v>123</v>
       </c>
       <c r="C5" s="8">
         <v>116</v>
       </c>
       <c r="D5" s="8">
         <v>106</v>
       </c>
       <c r="E5" s="8">
         <v>10392</v>
       </c>
       <c r="G5" s="21">
         <v>50</v>
       </c>
       <c r="H5" s="8">
         <v>123</v>
       </c>
       <c r="I5" s="8">
         <v>116</v>
       </c>
       <c r="J5" s="8">
         <v>106</v>
       </c>
       <c r="K5" s="8">
         <v>10392</v>
       </c>
       <c r="M5" s="64"/>
       <c r="N5" s="64" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="O5" s="85" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="P5" s="88" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" s="8">
         <v>100</v>
       </c>
       <c r="B6" s="8">
         <v>158</v>
       </c>
       <c r="C6" s="8">
         <v>149</v>
       </c>
       <c r="D6" s="8">
         <v>136</v>
       </c>
       <c r="E6" s="8">
         <v>13349</v>
       </c>
       <c r="G6" s="21">
         <v>100</v>
       </c>
       <c r="H6" s="8">
         <v>158</v>
       </c>
       <c r="I6" s="8">
@@ -9161,363 +9165,363 @@
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F30"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="47.140625" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="19.42578125" customWidth="1"/>
     <col min="5" max="5" width="5.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B2" s="62" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="62"/>
-      <c r="D2" s="142" t="s">
+      <c r="D2" s="135" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="123"/>
       <c r="F2" s="123"/>
     </row>
     <row r="3" spans="1:6" s="5" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="72"/>
       <c r="B3" s="73" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="72"/>
-      <c r="D3" s="138">
+      <c r="D3" s="137">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
-      <c r="E3" s="138"/>
-      <c r="F3" s="140"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="133"/>
     </row>
     <row r="4" spans="1:6" s="68" customFormat="1" ht="186" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="72"/>
       <c r="B4" s="71" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
       <c r="C4" s="71"/>
-      <c r="D4" s="158">
+      <c r="D4" s="163">
         <f>'Счет-фактура'!D11:E11</f>
         <v>0</v>
       </c>
-      <c r="E4" s="159"/>
-      <c r="F4" s="160"/>
+      <c r="E4" s="164"/>
+      <c r="F4" s="165"/>
     </row>
     <row r="5" spans="1:6" s="68" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
     </row>
     <row r="6" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="69"/>
       <c r="B6" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="142" t="str">
+      <c r="C6" s="135" t="str">
         <f>"ПДЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ПДЭПТ//011025</v>
-[...2 lines deleted...]
-      <c r="E6" s="167"/>
+        <v>ПДЭПТ//011225</v>
+      </c>
+      <c r="D6" s="135"/>
+      <c r="E6" s="171"/>
       <c r="F6" s="123"/>
     </row>
     <row r="7" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="69"/>
-      <c r="B7" s="161" t="s">
+      <c r="B7" s="166" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="161"/>
-      <c r="D7" s="161"/>
+      <c r="C7" s="166"/>
+      <c r="D7" s="166"/>
       <c r="E7" s="119"/>
       <c r="F7" s="119"/>
     </row>
     <row r="8" spans="1:6" s="5" customFormat="1" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="62"/>
       <c r="B9" s="67" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="67"/>
       <c r="D9" s="67"/>
       <c r="E9" s="67"/>
       <c r="F9" s="3" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="63"/>
       <c r="B10" s="63"/>
       <c r="C10" s="62"/>
       <c r="D10" s="62"/>
       <c r="E10" s="62"/>
     </row>
     <row r="11" spans="1:6" s="5" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="71"/>
-      <c r="B11" s="161" t="str">
+      <c r="B11" s="166" t="str">
         <f>"Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика №"&amp;" ПДЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г."</f>
-        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//011025 от 01.10.2025г.</v>
-[...4 lines deleted...]
-      <c r="F11" s="163"/>
+        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//011225 от 01.12.2025г.</v>
+      </c>
+      <c r="C11" s="167"/>
+      <c r="D11" s="167"/>
+      <c r="E11" s="168"/>
+      <c r="F11" s="168"/>
     </row>
     <row r="12" spans="1:6" s="5" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="71"/>
-      <c r="B12" s="164" t="s">
+      <c r="B12" s="169" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="165"/>
-[...2 lines deleted...]
-      <c r="F12" s="166"/>
+      <c r="C12" s="162"/>
+      <c r="D12" s="162"/>
+      <c r="E12" s="162"/>
+      <c r="F12" s="170"/>
     </row>
     <row r="13" spans="1:6" s="71" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="67"/>
       <c r="C13" s="5"/>
       <c r="D13" s="70"/>
       <c r="E13" s="70"/>
       <c r="F13" s="5"/>
     </row>
     <row r="14" spans="1:6" s="71" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
     </row>
     <row r="15" spans="1:6" s="56" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="76" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="74"/>
       <c r="D15" s="76" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="E15" s="74"/>
       <c r="F15" s="32" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="str">
         <f>IF(Заявление!M9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="76" t="str">
-        <f>IF(Заявление!M9&gt;0,"Размещение данных о товарах в ePASS","")</f>
+        <f>IF(Заявление!M9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="74"/>
       <c r="D16" s="80" t="str">
         <f>IF(Заявление!M9&gt;0,Заявление!M9,"")</f>
         <v/>
       </c>
       <c r="E16" s="78"/>
       <c r="F16" s="17" t="str">
         <f>IF(Заявление!M9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="str">
         <f>IF(Заявление!N9&gt;0,IF(Заявление!M9&gt;0,2,1),"")</f>
         <v/>
       </c>
       <c r="B17" s="76" t="str">
-        <f>IF(Заявление!N9&gt;0,"Получение данных о товарах из ePASS посредством веб-сервисов","")</f>
+        <f>IF(Заявление!N9&gt;0,"Получение данных о товарах и организациях из ePASS посредством веб-сервисов (GTIN и GLN)","")</f>
         <v/>
       </c>
       <c r="C17" s="74"/>
       <c r="D17" s="80" t="str">
         <f>IF(Заявление!N9&gt;0,Заявление!N9,"")</f>
         <v/>
       </c>
       <c r="E17" s="78"/>
       <c r="F17" s="17" t="str">
         <f>IF(Заявление!N9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D17,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D17,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D17,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D17,Справочники!A3:E116,5)),"")</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:6" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="32" t="str">
         <f>IF(Заявление!O9="ДА",IF(A17=1,2,IF(A17=2,3,IF(A16=1,2,1))),"")</f>
         <v/>
       </c>
       <c r="B18" s="76" t="str">
         <f>IF(Заявление!O9="ДА","Получение из ePASS посредством веб-сервисов данных о кодах дополнительной таможенной классификации","")</f>
         <v/>
       </c>
       <c r="C18" s="74"/>
       <c r="D18" s="80" t="str">
         <f>IF(Заявление!O9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="78"/>
       <c r="F18" s="17" t="str">
         <f>IF(Заявление!O9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="16"/>
       <c r="B19" s="77" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="75"/>
       <c r="D19" s="81"/>
       <c r="E19" s="79"/>
       <c r="F19" s="18">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" s="58" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="168" t="str">
+      <c r="A20" s="158" t="str">
         <f>_xlfn.IFS(Заявление!E9=Справочники!N2,"      Всего оказано услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") белорусских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N5,"      Всего оказано услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") российских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N3,"Всего оказано услуг на сумму "&amp;F19&amp;" Долларов США (USD) 00 центов",Заявление!E9=Справочники!N4,"Всего оказано услуг на сумму "&amp;F19&amp;" Евро (EUR) 00 центов")</f>
         <v xml:space="preserve">      Всего оказано услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="168"/>
-[...3 lines deleted...]
-      <c r="F20" s="168"/>
+      <c r="B20" s="158"/>
+      <c r="C20" s="158"/>
+      <c r="D20" s="158"/>
+      <c r="E20" s="158"/>
+      <c r="F20" s="158"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="65"/>
       <c r="B21" s="66"/>
       <c r="C21" s="66"/>
       <c r="D21" s="66"/>
       <c r="E21" s="66"/>
       <c r="F21" s="66"/>
     </row>
     <row r="22" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="140" t="s">
+      <c r="A22" s="133" t="s">
         <v>32</v>
       </c>
-      <c r="B22" s="140"/>
-[...3 lines deleted...]
-      <c r="F22" s="140"/>
+      <c r="B22" s="133"/>
+      <c r="C22" s="133"/>
+      <c r="D22" s="133"/>
+      <c r="E22" s="133"/>
+      <c r="F22" s="133"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="122"/>
       <c r="B23" s="122"/>
       <c r="C23" s="122"/>
       <c r="D23" s="122"/>
       <c r="E23" s="122"/>
       <c r="F23" s="122"/>
     </row>
     <row r="24" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="165" t="s">
+      <c r="A24" s="162" t="s">
         <v>28</v>
       </c>
-      <c r="B24" s="165"/>
-[...3 lines deleted...]
-      <c r="F24" s="165"/>
+      <c r="B24" s="162"/>
+      <c r="C24" s="162"/>
+      <c r="D24" s="162"/>
+      <c r="E24" s="162"/>
+      <c r="F24" s="162"/>
     </row>
     <row r="26" spans="1:6" ht="121.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="171" t="s">
-[...6 lines deleted...]
-      <c r="F26" s="171"/>
+      <c r="A26" s="161" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="161"/>
+      <c r="C26" s="161"/>
+      <c r="D26" s="161"/>
+      <c r="E26" s="161"/>
+      <c r="F26" s="161"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" t="s">
         <v>30</v>
       </c>
-      <c r="C29" s="170"/>
-[...2 lines deleted...]
-      <c r="F29" s="170"/>
+      <c r="C29" s="160"/>
+      <c r="D29" s="160"/>
+      <c r="E29" s="160"/>
+      <c r="F29" s="160"/>
     </row>
     <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C30" s="169" t="s">
+      <c r="C30" s="159" t="s">
         <v>31</v>
       </c>
-      <c r="D30" s="169"/>
-[...1 lines deleted...]
-      <c r="F30" s="169"/>
+      <c r="D30" s="159"/>
+      <c r="E30" s="159"/>
+      <c r="F30" s="159"/>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="B11:F11"/>
+    <mergeCell ref="B12:F12"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="B7:F7"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="C29:F29"/>
     <mergeCell ref="A26:F26"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
-    <mergeCell ref="D2:F2"/>
-[...5 lines deleted...]
-    <mergeCell ref="B7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>