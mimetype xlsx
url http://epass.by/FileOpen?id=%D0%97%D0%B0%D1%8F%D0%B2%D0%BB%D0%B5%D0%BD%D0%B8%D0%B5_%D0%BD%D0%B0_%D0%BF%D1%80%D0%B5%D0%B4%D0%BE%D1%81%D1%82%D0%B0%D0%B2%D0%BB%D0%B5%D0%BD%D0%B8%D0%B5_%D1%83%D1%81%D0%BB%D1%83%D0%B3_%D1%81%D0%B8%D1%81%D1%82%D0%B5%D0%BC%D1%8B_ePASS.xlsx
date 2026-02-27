--- v1 (2025-12-27)
+++ v2 (2026-02-27)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="21126"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mkotov\Desktop\ЗАГРУЗЧИК 4\Выборка\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Загрузки\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CE93918-732E-4BAA-B87D-1253DA98DC72}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BEDE9D9F-E9D6-4E25-A2BF-F895F33F10A0}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Заявление" sheetId="1" r:id="rId1"/>
     <sheet name="Счет-фактура" sheetId="2" r:id="rId2"/>
     <sheet name="Тарифы" sheetId="3" r:id="rId3"/>
     <sheet name="Справочники" sheetId="4" r:id="rId4"/>
     <sheet name="Акт" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="n_1" localSheetId="1">{"","одинz","дваz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n_2" localSheetId="1">{"десятьz","одиннадцатьz","двенадцатьz","тринадцатьz","четырнадцатьz","пятнадцатьz","шестнадцатьz","семнадцатьz","восемнадцатьz","девятнадцатьz"}</definedName>
     <definedName name="n_3" localSheetId="1">{"";1;"двадцатьz";"тридцатьz";"сорокz";"пятьдесятz";"шестьдесятz";"семьдесятz";"восемьдесятz";"девяностоz"}</definedName>
     <definedName name="n_4">{"","стоz","двестиz","тристаz","четырестаz","пятьсотz","шестьсотz","семьсотz","восемьсотz","девятьсотz"}</definedName>
     <definedName name="n_5" localSheetId="1">{"","однаz","двеz","триz","четыреz","пятьz","шестьz","семьz","восемьz","девятьz"}</definedName>
     <definedName name="n0">"000000000000"&amp;MID(1/2,2,1)&amp;"00"</definedName>
     <definedName name="n0x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_1)</definedName>
     <definedName name="n1x">IF('Счет-фактура'!n_3=1,'Счет-фактура'!n_2,'Счет-фактура'!n_3&amp;'Счет-фактура'!n_5)</definedName>
     <definedName name="Количество_GTIN">Справочники!$A$4:$A$116</definedName>
     <definedName name="Количество_GTIN_2">Справочники!$G$4:$G$116</definedName>
     <definedName name="Количество_GTIN3">Справочники!$A$3:$A$116</definedName>
     <definedName name="Количество_XML">Справочники!$G$3:$G$116</definedName>
     <definedName name="мил">{0,"овz";1,"z";2,"аz";5,"овz"}</definedName>
     <definedName name="тыс">{0,"тысячz";1,"тысячаz";2,"тысячиz";5,"тысячz"}</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -1034,159 +1034,85 @@
     <t xml:space="preserve">       Услуги оказаны ЗАКАЗЧИКУ в полном объеме в требуемые сроки. К качеству оказанных услуг ЗАКАЗЧИК претензий не имеет.</t>
   </si>
   <si>
     <t>От Заказчика:</t>
   </si>
   <si>
     <t>Руководитель</t>
   </si>
   <si>
     <t>(ФИО, должность, подпись)</t>
   </si>
   <si>
     <t xml:space="preserve">      Стоимость услуг без НДС на основании п.27 Гл.5 Декрета Президента Республики Беларусь №12 от 22.09.2005 г. "О Парке высоких технологий".</t>
   </si>
   <si>
     <t>Исполнитель оказал Заказчику услуги межведомственной распределенной информационной системы "Банк данных электронных паспортов товаров" (ePASS)</t>
   </si>
   <si>
     <t xml:space="preserve">                    сдачи-приемки оказанных услуг</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <rFont val="Calibri"/>
-[...35 lines deleted...]
-        <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Услуга "Размещение данных о товарах в ePASS"</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>это услуга по регистрации в ePASS электронных паспортов товаров с иностранными GTIN, а также кодами ISBN, ISSN, ISMN</t>
     </r>
   </si>
   <si>
     <t>Признак резидента РБ</t>
-  </si>
-[...35 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Валюта платежа</t>
   </si>
   <si>
     <t>ДА</t>
   </si>
   <si>
     <t>НЕТ</t>
   </si>
   <si>
     <t>Бел. рубль (BYN)</t>
   </si>
   <si>
     <t>Рос. рубль (RUB)</t>
   </si>
   <si>
     <t>Доллар США (USD)</t>
   </si>
   <si>
     <t>Евро (EUR)</t>
   </si>
   <si>
     <t>Реквизиты Исполнителя</t>
   </si>
@@ -1502,56 +1428,50 @@
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 (договорной период равен 12 месяцам)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>укажите "ДА"</t>
     </r>
   </si>
   <si>
-    <t>Форма заявления действует до 31.12.2025</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Объем подключаемых услуг</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
@@ -1586,54 +1506,134 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>это услуга по предоставление доступа к веб-сервисам сайта http://epass.by для автоматического получения электронных паспортов товаров и организаций по GTIN, GLN</t>
     </r>
   </si>
   <si>
     <t>Количество GTIN, GLN</t>
   </si>
   <si>
-    <t xml:space="preserve"> декабря 2025 г.</t>
+    <t>Количество, штук</t>
   </si>
   <si>
-    <t>Количество, штук</t>
+    <t>Форма заявления действует до 31.03.2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Полное наименование юридического лица или ИП</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>например:
+Общество с ограниченной ответственностью "Белпромхимторг"
+Индивидуальный предприниматель Токарева Алена Викторовна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Сокращенное наименование юридического лица или ИП</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>например:
+ООО "Белпромхимторг"
+ИП Токарева А.В.</t>
+    </r>
+  </si>
+  <si>
+    <t>Счет-фактура действует до 31.03.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> января 2026 г.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _₽_-;\-* #,##0.00\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.000\ _₽_-;\-* #,##0.000\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.00;[Red]0.00"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -2541,165 +2541,165 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...26 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Гиперссылка" xfId="4" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Обычный 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Финансовый" xfId="3" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
@@ -2998,83 +2998,83 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epass.by/jsf/Attendance.jsp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L13" sqref="L13"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.28515625" customWidth="1"/>
     <col min="2" max="2" width="29.5703125" customWidth="1"/>
     <col min="3" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="17.140625" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" customWidth="1"/>
     <col min="7" max="7" width="22.28515625" customWidth="1"/>
     <col min="8" max="8" width="21.140625" customWidth="1"/>
     <col min="9" max="9" width="17.5703125" customWidth="1"/>
     <col min="10" max="10" width="22.7109375" customWidth="1"/>
     <col min="11" max="11" width="32" customWidth="1"/>
     <col min="12" max="12" width="37" customWidth="1"/>
     <col min="13" max="13" width="33.7109375" customWidth="1"/>
     <col min="14" max="14" width="46.85546875" customWidth="1"/>
     <col min="15" max="15" width="43.85546875" customWidth="1"/>
     <col min="16" max="16" width="32.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15">
-        <v>45992</v>
+        <v>46027</v>
       </c>
       <c r="B2" s="26" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="3" spans="1:16" s="2" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="118" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="119"/>
       <c r="C3" s="119"/>
       <c r="D3" s="119"/>
       <c r="E3" s="119"/>
       <c r="F3" s="119"/>
       <c r="G3" s="119"/>
       <c r="H3" s="13"/>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="13"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
       <c r="N3" s="13"/>
       <c r="O3" s="13"/>
       <c r="P3" s="13"/>
     </row>
     <row r="4" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="120" t="s">
         <v>17</v>
@@ -3114,192 +3114,192 @@
       <c r="N5" s="14"/>
       <c r="O5" s="108"/>
       <c r="P5" s="14"/>
     </row>
     <row r="6" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="124" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="125"/>
       <c r="C6" s="125"/>
       <c r="D6" s="125"/>
       <c r="E6" s="125"/>
       <c r="F6" s="125"/>
       <c r="G6" s="125"/>
     </row>
     <row r="7" spans="1:16" s="37" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="126" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="127"/>
       <c r="C7" s="127"/>
       <c r="D7" s="128"/>
       <c r="E7" s="128"/>
       <c r="F7" s="129"/>
       <c r="G7" s="113" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H7" s="114"/>
       <c r="I7" s="114"/>
       <c r="J7" s="115"/>
       <c r="K7" s="113" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="115"/>
       <c r="M7" s="116" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="N7" s="117"/>
       <c r="O7" s="130" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="P7" s="111" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="37" customFormat="1" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="50" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="B8" s="51" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="C8" s="99" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="100" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E8" s="90" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F8" s="52" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G8" s="101" t="s">
         <v>2</v>
       </c>
       <c r="H8" s="99" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="99" t="s">
         <v>21</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="53" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="L8" s="54" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="M8" s="55" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="N8" s="104" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="O8" s="131"/>
       <c r="P8" s="112"/>
     </row>
     <row r="9" spans="1:16" s="43" customFormat="1" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="38"/>
       <c r="B9" s="39"/>
       <c r="C9" s="42"/>
       <c r="D9" s="98" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" s="98" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F9" s="103"/>
       <c r="G9" s="41"/>
       <c r="H9" s="39"/>
       <c r="I9" s="42"/>
       <c r="J9" s="44"/>
       <c r="K9" s="41"/>
       <c r="L9" s="40"/>
       <c r="M9" s="41">
         <v>0</v>
       </c>
       <c r="N9" s="105">
         <v>0</v>
       </c>
       <c r="O9" s="98" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="P9" s="106"/>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="35"/>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="35"/>
       <c r="H10" s="36"/>
       <c r="I10" s="36"/>
       <c r="J10" s="36"/>
       <c r="K10" s="36"/>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="33"/>
       <c r="B11" s="34"/>
       <c r="C11" s="34"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="33"/>
       <c r="B12" s="34"/>
       <c r="C12" s="34"/>
       <c r="D12" s="86"/>
       <c r="E12" s="86"/>
       <c r="F12" s="34"/>
       <c r="G12" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="P7:P8"/>
     <mergeCell ref="G7:J7"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="O7:O8"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Некорректный формат даты_x000a_ИЛИ_x000a_Заявление устарело. Скачайте новое заявление с сайта epass.by в разделе &quot;Услуги&quot;." sqref="A2" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>45627</formula1>
-      <formula2>46022</formula2>
+      <formula2>46112</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N9" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>Количество_XML</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M9" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>Количество_GTIN3</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Введите не менее 6 символов (латинские буквы и цифры)" sqref="K9" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>6</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка!" error="Максимальная длина поля составляет 20 символов" sqref="F9" xr:uid="{B30CCB49-09FA-48C5-B0A8-E75272EEEDE3}">
       <formula1>20</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Введите не менее 7 символов (латинские буквы и цифры)" sqref="L9" xr:uid="{810926A9-0439-498A-8F92-690092D1F9EF}">
       <formula1>7</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="P7:P8" r:id="rId1" display="http://epass.by/jsf/Attendance.jsp" xr:uid="{CF7C6BC2-853F-4F9D-AB41-41DB5A92D2F9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
@@ -3314,176 +3314,176 @@
           <x14:formula1>
             <xm:f>Справочники!$N$2:$N$5</xm:f>
           </x14:formula1>
           <xm:sqref>E9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6EEB57E2-5C72-424D-83CF-A7F6324568A6}">
           <x14:formula1>
             <xm:f>Справочники!$L$1:$L$2</xm:f>
           </x14:formula1>
           <xm:sqref>P9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7:F7"/>
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="44.42578125" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="24.140625" customWidth="1"/>
     <col min="5" max="5" width="3.140625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" customWidth="1"/>
     <col min="7" max="7" width="13.28515625" customWidth="1"/>
     <col min="8" max="9" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:8" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="139" t="str">
+      <c r="A3" s="132" t="str">
         <f>"СЧЕТ-ФАКТУРА от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;" г."</f>
-        <v>СЧЕТ-ФАКТУРА от 01.12.2025 г.</v>
-[...4 lines deleted...]
-      <c r="E3" s="139"/>
+        <v>СЧЕТ-ФАКТУРА от 05.01.2026 г.</v>
+      </c>
+      <c r="B3" s="132"/>
+      <c r="C3" s="132"/>
+      <c r="D3" s="132"/>
+      <c r="E3" s="132"/>
       <c r="F3" s="123"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="59"/>
       <c r="B4" s="82" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C4" s="60"/>
       <c r="D4" s="60"/>
       <c r="E4" s="60"/>
     </row>
     <row r="5" spans="1:8" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:8" s="58" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="134" t="str">
+      <c r="A6" s="141" t="str">
         <f>"К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № "&amp;C7&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)"</f>
-        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//011225 от 01.12.2025г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
-[...4 lines deleted...]
-      <c r="E6" s="134"/>
+        <v>К Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//050126 от 05.01.2026г. на оказание услуг межведомственной распределенной информационной системы Банк данных электронных паспортов товаров (ePASS)</v>
+      </c>
+      <c r="B6" s="141"/>
+      <c r="C6" s="141"/>
+      <c r="D6" s="141"/>
+      <c r="E6" s="141"/>
     </row>
     <row r="7" spans="1:8" s="58" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="61"/>
       <c r="B7" s="19" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="C7" s="140" t="str">
+        <v>67</v>
+      </c>
+      <c r="C7" s="133" t="str">
         <f>"ПДЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ПДЭПТ//011225</v>
-[...3 lines deleted...]
-      <c r="F7" s="143"/>
+        <v>ПДЭПТ//050126</v>
+      </c>
+      <c r="D7" s="134"/>
+      <c r="E7" s="135"/>
+      <c r="F7" s="136"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="135" t="s">
+      <c r="A9" s="142" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="135"/>
+      <c r="B9" s="142"/>
       <c r="C9" s="62"/>
-      <c r="D9" s="135" t="s">
+      <c r="D9" s="142" t="s">
         <v>7</v>
       </c>
-      <c r="E9" s="135"/>
+      <c r="E9" s="142"/>
     </row>
     <row r="10" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="137" t="s">
+      <c r="A10" s="138" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="137"/>
+      <c r="B10" s="138"/>
       <c r="C10" s="62"/>
-      <c r="D10" s="137">
+      <c r="D10" s="138">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
-      <c r="E10" s="137"/>
+      <c r="E10" s="138"/>
       <c r="F10" s="123"/>
     </row>
     <row r="11" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="136" t="str">
+      <c r="A11" s="143" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
-      <c r="B11" s="136"/>
-[...1 lines deleted...]
-      <c r="E11" s="144"/>
+      <c r="B11" s="143"/>
+      <c r="D11" s="137"/>
+      <c r="E11" s="137"/>
       <c r="F11" s="123"/>
     </row>
     <row r="12" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="56"/>
       <c r="B12" s="64"/>
       <c r="D12" s="57"/>
       <c r="E12" s="57"/>
     </row>
     <row r="13" spans="1:8" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="56"/>
       <c r="B13" s="64"/>
       <c r="D13" s="57"/>
       <c r="E13" s="57"/>
     </row>
     <row r="14" spans="1:8" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="1:8" s="56" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="76" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="74"/>
       <c r="D15" s="76" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="E15" s="74"/>
       <c r="F15" s="32" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="56" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="str">
         <f>IF(Заявление!M9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="76" t="str">
         <f>IF(Заявление!M9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="74"/>
       <c r="D16" s="80" t="str">
         <f>IF(Заявление!M9&gt;0,Заявление!M9,"")</f>
         <v/>
       </c>
       <c r="E16" s="78"/>
       <c r="F16" s="17" t="str">
         <f>IF(Заявление!M9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
@@ -3522,245 +3522,245 @@
       <c r="C18" s="74"/>
       <c r="D18" s="17" t="str">
         <f>IF(Заявление!O9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="78"/>
       <c r="F18" s="17" t="str">
         <f>IF(Заявление!O9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="16"/>
       <c r="B19" s="77" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="75"/>
       <c r="D19" s="81"/>
       <c r="E19" s="79"/>
       <c r="F19" s="18">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="138" t="str">
+      <c r="A20" s="144" t="str">
         <f>_xlfn.IFS(Заявление!E9=Справочники!N2,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") белорусских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N5,"      Всего услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") российских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N3,"Всего на сумму "&amp;F19&amp;" Долларов США (USD) 00 центов",Заявление!E9=Справочники!N4,"Всего на сумму "&amp;F19&amp;" Евро (EUR) 00 центов")</f>
         <v xml:space="preserve">      Всего услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="138"/>
-[...3 lines deleted...]
-      <c r="F20" s="138"/>
+      <c r="B20" s="144"/>
+      <c r="C20" s="144"/>
+      <c r="D20" s="144"/>
+      <c r="E20" s="144"/>
+      <c r="F20" s="144"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="65"/>
       <c r="B21" s="66"/>
       <c r="C21" s="66"/>
       <c r="D21" s="66"/>
       <c r="E21" s="66"/>
       <c r="F21" s="66"/>
       <c r="G21" s="96"/>
     </row>
     <row r="22" spans="1:7" s="58" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="133" t="s">
+      <c r="A22" s="140" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="133"/>
-[...3 lines deleted...]
-      <c r="F22" s="133"/>
+      <c r="B22" s="140"/>
+      <c r="C22" s="140"/>
+      <c r="D22" s="140"/>
+      <c r="E22" s="140"/>
+      <c r="F22" s="140"/>
       <c r="G22" s="97"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="122" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="122"/>
       <c r="C23" s="122"/>
       <c r="D23" s="122"/>
       <c r="E23" s="122"/>
       <c r="F23" s="122"/>
     </row>
     <row r="24" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="132" t="str">
+      <c r="A24" s="139" t="str">
         <f>"Оплата услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
 Идентификатор Заявления: "&amp;C7</f>
         <v>Оплата услуг системы ePASS по Публичному договору № 13-12/24 от 13 декабря 2024 г.
-Идентификатор Заявления: ПДЭПТ//011225</v>
-[...5 lines deleted...]
-      <c r="F24" s="132"/>
+Идентификатор Заявления: ПДЭПТ//050126</v>
+      </c>
+      <c r="B24" s="139"/>
+      <c r="C24" s="139"/>
+      <c r="D24" s="139"/>
+      <c r="E24" s="139"/>
+      <c r="F24" s="139"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B25" s="84" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C25" s="64">
         <v>21101</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B26" s="83"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="A3:F3"/>
-[...3 lines deleted...]
-    <mergeCell ref="A23:F23"/>
     <mergeCell ref="A24:F24"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A20:F20"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="A23:F23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.7109375" customWidth="1"/>
     <col min="7" max="10" width="17.85546875" customWidth="1"/>
     <col min="11" max="11" width="19.140625" customWidth="1"/>
     <col min="13" max="13" width="18.7109375" customWidth="1"/>
     <col min="14" max="14" width="20.5703125" customWidth="1"/>
     <col min="15" max="15" width="21.5703125" customWidth="1"/>
     <col min="16" max="16" width="22.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="1" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="147" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="147"/>
       <c r="C1" s="147"/>
       <c r="D1" s="147"/>
       <c r="E1" s="147"/>
       <c r="F1" s="7"/>
       <c r="G1" s="147" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H1" s="147"/>
       <c r="I1" s="147"/>
       <c r="J1" s="147"/>
       <c r="K1" s="148"/>
       <c r="M1" s="145" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
       <c r="P1" s="145"/>
     </row>
     <row r="2" spans="1:16" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="153" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="150" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C2" s="151"/>
       <c r="D2" s="151"/>
       <c r="E2" s="152"/>
       <c r="F2" s="7"/>
       <c r="G2" s="153" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="H2" s="150" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="I2" s="151"/>
       <c r="J2" s="151"/>
       <c r="K2" s="152"/>
       <c r="M2" s="146" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
       <c r="P2" s="146"/>
     </row>
     <row r="3" spans="1:16" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="154"/>
       <c r="B3" s="95" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C3" s="95" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D3" s="95" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E3" s="95" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="154"/>
       <c r="H3" s="95" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I3" s="95" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="J3" s="95" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="K3" s="95" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M3" s="109" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="N3" s="109" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="O3" s="109" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="P3" s="109" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>10</v>
       </c>
       <c r="B4" s="8">
         <v>65</v>
       </c>
       <c r="C4" s="8">
         <v>61</v>
       </c>
       <c r="D4" s="8">
         <v>56</v>
       </c>
       <c r="E4" s="8">
         <v>5492</v>
       </c>
       <c r="F4" s="45"/>
       <c r="G4" s="9">
         <v>10</v>
       </c>
       <c r="H4" s="8">
         <v>65</v>
       </c>
@@ -4559,59 +4559,59 @@
       <c r="E26" s="10">
         <v>427087</v>
       </c>
       <c r="F26" s="45"/>
       <c r="G26" s="11">
         <v>100000</v>
       </c>
       <c r="H26" s="10">
         <v>5055</v>
       </c>
       <c r="I26" s="10">
         <v>4773</v>
       </c>
       <c r="J26" s="10">
         <v>4355</v>
       </c>
       <c r="K26" s="10">
         <v>427087</v>
       </c>
       <c r="L26" s="45"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
     </row>
     <row r="27" spans="1:15" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="149" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B27" s="149"/>
       <c r="C27" s="149"/>
       <c r="D27" s="149"/>
       <c r="E27" s="148"/>
       <c r="F27" s="12"/>
       <c r="G27" s="149" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="H27" s="149"/>
       <c r="I27" s="149"/>
       <c r="J27" s="149"/>
       <c r="K27" s="148"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="5"/>
     </row>
     <row r="29" spans="1:15" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="M1:P1"/>
     <mergeCell ref="M2:P2"/>
     <mergeCell ref="G1:K1"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="G27:K27"/>
@@ -4640,238 +4640,238 @@
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="11" width="17.85546875" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="91" customWidth="1"/>
     <col min="14" max="14" width="17.85546875" style="91" customWidth="1"/>
     <col min="15" max="15" width="16.42578125" customWidth="1"/>
     <col min="16" max="16" width="42.7109375" customWidth="1"/>
     <col min="18" max="18" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="155" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="157"/>
       <c r="C1" s="157"/>
       <c r="D1" s="157"/>
       <c r="E1" s="157"/>
       <c r="G1" s="155" t="s">
         <v>16</v>
       </c>
       <c r="H1" s="156"/>
       <c r="I1" s="156"/>
       <c r="J1" s="156"/>
       <c r="K1" s="156"/>
       <c r="M1" s="87" t="s">
+        <v>36</v>
+      </c>
+      <c r="N1" s="87" t="s">
         <v>37</v>
       </c>
-      <c r="N1" s="87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O1" s="93" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="P1" s="91" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="153" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="20" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="C2" s="20" t="s">
+      <c r="E2" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="D2" s="20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G2" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="H2" s="20" t="s">
         <v>5</v>
       </c>
       <c r="I2" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="J2" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="K2" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="J2" s="20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L2" s="92" t="s">
+        <v>38</v>
+      </c>
+      <c r="M2" s="92" t="s">
+        <v>38</v>
+      </c>
+      <c r="N2" s="64" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="O2" s="92" t="s">
         <v>11</v>
       </c>
       <c r="P2" s="88" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="Q2" s="88"/>
     </row>
     <row r="3" spans="1:18" ht="158.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8">
         <v>0</v>
       </c>
       <c r="B3" s="8">
         <v>0</v>
       </c>
       <c r="C3" s="8">
         <v>0</v>
       </c>
       <c r="D3" s="8">
         <v>0</v>
       </c>
       <c r="E3" s="8">
         <v>0</v>
       </c>
       <c r="F3" s="25"/>
       <c r="G3" s="8">
         <v>0</v>
       </c>
       <c r="H3" s="8">
         <v>0</v>
       </c>
       <c r="I3" s="8">
         <v>0</v>
       </c>
       <c r="J3" s="8">
         <v>0</v>
       </c>
       <c r="K3" s="8">
         <v>0</v>
       </c>
       <c r="M3" s="64" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N3" s="64" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="O3" s="85" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P3" s="88" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="R3" s="85"/>
     </row>
     <row r="4" spans="1:18" ht="158.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>10</v>
       </c>
       <c r="B4" s="8">
         <v>65</v>
       </c>
       <c r="C4" s="8">
         <v>61</v>
       </c>
       <c r="D4" s="8">
         <v>56</v>
       </c>
       <c r="E4" s="8">
         <v>5492</v>
       </c>
       <c r="G4" s="21">
         <v>10</v>
       </c>
       <c r="H4" s="8">
         <v>65</v>
       </c>
       <c r="I4" s="8">
         <v>61</v>
       </c>
       <c r="J4" s="8">
         <v>56</v>
       </c>
       <c r="K4" s="8">
         <v>5492</v>
       </c>
       <c r="M4" s="64"/>
       <c r="N4" s="64" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="O4" s="85" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P4" s="88" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:18" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8">
         <v>50</v>
       </c>
       <c r="B5" s="8">
         <v>123</v>
       </c>
       <c r="C5" s="8">
         <v>116</v>
       </c>
       <c r="D5" s="8">
         <v>106</v>
       </c>
       <c r="E5" s="8">
         <v>10392</v>
       </c>
       <c r="G5" s="21">
         <v>50</v>
       </c>
       <c r="H5" s="8">
         <v>123</v>
       </c>
       <c r="I5" s="8">
         <v>116</v>
       </c>
       <c r="J5" s="8">
         <v>106</v>
       </c>
       <c r="K5" s="8">
         <v>10392</v>
       </c>
       <c r="M5" s="64"/>
       <c r="N5" s="64" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="O5" s="85" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="P5" s="88" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" s="8">
         <v>100</v>
       </c>
       <c r="B6" s="8">
         <v>158</v>
       </c>
       <c r="C6" s="8">
         <v>149</v>
       </c>
       <c r="D6" s="8">
         <v>136</v>
       </c>
       <c r="E6" s="8">
         <v>13349</v>
       </c>
       <c r="G6" s="21">
         <v>100</v>
       </c>
       <c r="H6" s="8">
         <v>158</v>
       </c>
       <c r="I6" s="8">
@@ -9165,188 +9165,188 @@
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F30"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="47.140625" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="19.42578125" customWidth="1"/>
     <col min="5" max="5" width="5.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B2" s="62" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="62"/>
-      <c r="D2" s="135" t="s">
+      <c r="D2" s="142" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="123"/>
       <c r="F2" s="123"/>
     </row>
     <row r="3" spans="1:6" s="5" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="72"/>
       <c r="B3" s="73" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="72"/>
-      <c r="D3" s="137">
+      <c r="D3" s="138">
         <f>Заявление!A9</f>
         <v>0</v>
       </c>
-      <c r="E3" s="137"/>
-      <c r="F3" s="133"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="140"/>
     </row>
     <row r="4" spans="1:6" s="68" customFormat="1" ht="186" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="72"/>
       <c r="B4" s="71" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!P2:P5)</f>
         <v>220072, г. Минск, ул. Академическая, д. 15, корп. 2, 
 комн. 407.
 Тел.:
 (017) 320-01-12 (служба поддержки пользователей)
 (017) 353-10-79 (бухгалтерия)
 (017) 373-30-80 (приемная)
 E-mai: support_epass@ids.by
 УНП: 190726138, ОКПО: 37693357
 Р/с в белорусских рублях (BYN) № BY29AKBB30120274618305300000 в ЦБУ 514 ОАО "АСБ Беларусбанк" г. Минска, БИК AKBB BY2X</v>
       </c>
       <c r="C4" s="71"/>
-      <c r="D4" s="163">
+      <c r="D4" s="158">
         <f>'Счет-фактура'!D11:E11</f>
         <v>0</v>
       </c>
-      <c r="E4" s="164"/>
-      <c r="F4" s="165"/>
+      <c r="E4" s="159"/>
+      <c r="F4" s="160"/>
     </row>
     <row r="5" spans="1:6" s="68" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
     </row>
     <row r="6" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="69"/>
       <c r="B6" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="135" t="str">
+      <c r="C6" s="142" t="str">
         <f>"ПДЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")</f>
-        <v>ПДЭПТ//011225</v>
-[...2 lines deleted...]
-      <c r="E6" s="171"/>
+        <v>ПДЭПТ//050126</v>
+      </c>
+      <c r="D6" s="142"/>
+      <c r="E6" s="167"/>
       <c r="F6" s="123"/>
     </row>
     <row r="7" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="69"/>
-      <c r="B7" s="166" t="s">
+      <c r="B7" s="161" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="166"/>
-      <c r="D7" s="166"/>
+      <c r="C7" s="161"/>
+      <c r="D7" s="161"/>
       <c r="E7" s="119"/>
       <c r="F7" s="119"/>
     </row>
     <row r="8" spans="1:6" s="5" customFormat="1" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="62"/>
       <c r="B9" s="67" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="67"/>
       <c r="D9" s="67"/>
       <c r="E9" s="67"/>
       <c r="F9" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="63"/>
       <c r="B10" s="63"/>
       <c r="C10" s="62"/>
       <c r="D10" s="62"/>
       <c r="E10" s="62"/>
     </row>
     <row r="11" spans="1:6" s="5" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="71"/>
-      <c r="B11" s="166" t="str">
+      <c r="B11" s="161" t="str">
         <f>"Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика №"&amp;" ПДЭПТ/"&amp;Заявление!F9&amp;"/"&amp;TEXT(Заявление!A2,"ДДММГГ")&amp;" от "&amp;TEXT(Заявление!A2,"ДД.ММ.ГГГГ")&amp;"г."</f>
-        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//011225 от 01.12.2025г.</v>
-[...4 lines deleted...]
-      <c r="F11" s="168"/>
+        <v>Настоящим Актом Заказчик подтвеждает, что согласно Публичному договору № 13-12/24 от 13 декабря 2024 г. и Заявлению Заказчика № ПДЭПТ//050126 от 05.01.2026г.</v>
+      </c>
+      <c r="C11" s="162"/>
+      <c r="D11" s="162"/>
+      <c r="E11" s="163"/>
+      <c r="F11" s="163"/>
     </row>
     <row r="12" spans="1:6" s="5" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="71"/>
-      <c r="B12" s="169" t="s">
+      <c r="B12" s="164" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="162"/>
-[...2 lines deleted...]
-      <c r="F12" s="170"/>
+      <c r="C12" s="165"/>
+      <c r="D12" s="165"/>
+      <c r="E12" s="165"/>
+      <c r="F12" s="166"/>
     </row>
     <row r="13" spans="1:6" s="71" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="67"/>
       <c r="C13" s="5"/>
       <c r="D13" s="70"/>
       <c r="E13" s="70"/>
       <c r="F13" s="5"/>
     </row>
     <row r="14" spans="1:6" s="71" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
     </row>
     <row r="15" spans="1:6" s="56" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="76" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="74"/>
       <c r="D15" s="76" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="E15" s="74"/>
       <c r="F15" s="32" t="str">
         <f>LOOKUP(Заявление!E9,Справочники!N2:N5,Справочники!O2:O5)</f>
         <v>Стоимость, BYN</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="str">
         <f>IF(Заявление!M9&gt;0,1,"")</f>
         <v/>
       </c>
       <c r="B16" s="76" t="str">
         <f>IF(Заявление!M9&gt;0,"Размещение данных о товарах в ePASS (GTIN)","")</f>
         <v/>
       </c>
       <c r="C16" s="74"/>
       <c r="D16" s="80" t="str">
         <f>IF(Заявление!M9&gt;0,Заявление!M9,"")</f>
         <v/>
       </c>
       <c r="E16" s="78"/>
       <c r="F16" s="17" t="str">
         <f>IF(Заявление!M9&gt;0,_xlfn.IFS(Заявление!E9=Справочники!N2,VLOOKUP(D16,Справочники!A3:E116,2),Заявление!E9=Справочники!N3,VLOOKUP(D16,Справочники!A3:E116,3),Заявление!E9=Справочники!N4,VLOOKUP(D16,Справочники!A3:E116,4),Заявление!E9=Справочники!N5,VLOOKUP(D16,Справочники!A3:E116,5)),"")</f>
         <v/>
@@ -9384,144 +9384,144 @@
       <c r="C18" s="74"/>
       <c r="D18" s="80" t="str">
         <f>IF(Заявление!O9="ДА","без ограничений","")</f>
         <v/>
       </c>
       <c r="E18" s="78"/>
       <c r="F18" s="17" t="str">
         <f>IF(Заявление!O9="ДА",_xlfn.IFS(Заявление!E9=Справочники!N2,Тарифы!M4,Заявление!E9=Справочники!N3,Тарифы!N4,Заявление!E9=Справочники!N4,Тарифы!O4,Заявление!E9=Справочники!N5,Тарифы!P4),"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="16"/>
       <c r="B19" s="77" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="75"/>
       <c r="D19" s="81"/>
       <c r="E19" s="79"/>
       <c r="F19" s="18">
         <f>SUM(F16:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" s="58" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="158" t="str">
+      <c r="A20" s="168" t="str">
         <f>_xlfn.IFS(Заявление!E9=Справочники!N2,"      Всего оказано услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") белорусских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N5,"      Всего оказано услуг на сумму "&amp;SUBSTITUTE(TEXT(TRUNC(F19,0),0)&amp;","&amp;TEXT((F19-TRUNC(F19,0))*100,"00")&amp; " (" &amp; SUBSTITUTE(PROPER(INDEX(n_4,MID(TEXT(F19,n0),1,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),2,1)+1,MID(TEXT(F19,n0),3,1)+1)&amp;IF(-MID(TEXT(F19,n0),1,3),"миллиард"&amp;VLOOKUP(MID(TEXT(F19,n0),3,1)*AND(MID(TEXT(F19,n0),2,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),4,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),5,1)+1,MID(TEXT(F19,n0),6,1)+1)&amp;IF(-MID(TEXT(F19,n0),4,3),"миллион"&amp;VLOOKUP(MID(TEXT(F19,n0),6,1)*AND(MID(TEXT(F19,n0),5,1)-1),мил,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),7,1)+1)&amp;INDEX(n1x,MID(TEXT(F19,n0),8,1)+1,MID(TEXT(F19,n0),9,1)+1)&amp;IF(-MID(TEXT(F19,n0),7,3),VLOOKUP(MID(TEXT(F19,n0),9,1)*AND(MID(TEXT(F19,n0),8,1)-1),тыс,2),"")&amp;INDEX(n_4,MID(TEXT(F19,n0),10,1)+1)&amp;INDEX(n0x,MID(TEXT(F19,n0),11,1)+1,MID(TEXT(F19,n0),12,1)+1)),"z"," ")&amp;IF(TRUNC(TEXT(F19,n0)),"","Ноль ")&amp;") российских рубл"&amp;VLOOKUP(MOD(MAX(MOD(MID(TEXT(F19,n0),11,2)-11,100),9),10),{0,"ь ";1,"я ";4,"ей "},2)&amp;RIGHT(TEXT(F19,n0),2)&amp;" копе"&amp;VLOOKUP(MOD(MAX(MOD(RIGHT(TEXT(F19,n0),2)-11,100),9),10),{0,"йка";1,"йки";4,"ек"},2)," )",")"),Заявление!E9=Справочники!N3,"Всего оказано услуг на сумму "&amp;F19&amp;" Долларов США (USD) 00 центов",Заявление!E9=Справочники!N4,"Всего оказано услуг на сумму "&amp;F19&amp;" Евро (EUR) 00 центов")</f>
         <v xml:space="preserve">      Всего оказано услуг на сумму 0,00 (Ноль) белорусских рублей 00 копеек</v>
       </c>
-      <c r="B20" s="158"/>
-[...3 lines deleted...]
-      <c r="F20" s="158"/>
+      <c r="B20" s="168"/>
+      <c r="C20" s="168"/>
+      <c r="D20" s="168"/>
+      <c r="E20" s="168"/>
+      <c r="F20" s="168"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="65"/>
       <c r="B21" s="66"/>
       <c r="C21" s="66"/>
       <c r="D21" s="66"/>
       <c r="E21" s="66"/>
       <c r="F21" s="66"/>
     </row>
     <row r="22" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="133" t="s">
+      <c r="A22" s="140" t="s">
         <v>32</v>
       </c>
-      <c r="B22" s="133"/>
-[...3 lines deleted...]
-      <c r="F22" s="133"/>
+      <c r="B22" s="140"/>
+      <c r="C22" s="140"/>
+      <c r="D22" s="140"/>
+      <c r="E22" s="140"/>
+      <c r="F22" s="140"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="122"/>
       <c r="B23" s="122"/>
       <c r="C23" s="122"/>
       <c r="D23" s="122"/>
       <c r="E23" s="122"/>
       <c r="F23" s="122"/>
     </row>
     <row r="24" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="162" t="s">
+      <c r="A24" s="165" t="s">
         <v>28</v>
       </c>
-      <c r="B24" s="162"/>
-[...3 lines deleted...]
-      <c r="F24" s="162"/>
+      <c r="B24" s="165"/>
+      <c r="C24" s="165"/>
+      <c r="D24" s="165"/>
+      <c r="E24" s="165"/>
+      <c r="F24" s="165"/>
     </row>
     <row r="26" spans="1:6" ht="121.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="161" t="s">
-[...6 lines deleted...]
-      <c r="F26" s="161"/>
+      <c r="A26" s="171" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="171"/>
+      <c r="C26" s="171"/>
+      <c r="D26" s="171"/>
+      <c r="E26" s="171"/>
+      <c r="F26" s="171"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" t="s">
         <v>30</v>
       </c>
-      <c r="C29" s="160"/>
-[...2 lines deleted...]
-      <c r="F29" s="160"/>
+      <c r="C29" s="170"/>
+      <c r="D29" s="170"/>
+      <c r="E29" s="170"/>
+      <c r="F29" s="170"/>
     </row>
     <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C30" s="159" t="s">
+      <c r="C30" s="169" t="s">
         <v>31</v>
       </c>
-      <c r="D30" s="159"/>
-[...1 lines deleted...]
-      <c r="F30" s="159"/>
+      <c r="D30" s="169"/>
+      <c r="E30" s="169"/>
+      <c r="F30" s="169"/>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="A22:F22"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="C30:F30"/>
+    <mergeCell ref="C29:F29"/>
+    <mergeCell ref="A26:F26"/>
+    <mergeCell ref="A23:F23"/>
+    <mergeCell ref="A24:F24"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="B12:F12"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="B7:F7"/>
-    <mergeCell ref="A22:F22"/>
-[...5 lines deleted...]
-    <mergeCell ref="A24:F24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>