--- v0 (2025-11-09)
+++ v1 (2025-12-14)
@@ -71,63 +71,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Приказом директора </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="723756D6" w14:textId="77777777" w:rsidR="000B6B9E" w:rsidRDefault="000B6B9E" w:rsidP="000B6B9E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6320D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Государст</w:t>
-[...11 lines deleted...]
-        <w:t>венн</w:t>
+        <w:t>Государственн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ого</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6320D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предприяти</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
@@ -295,50 +283,52 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13.12.</w:t>
       </w:r>
       <w:r w:rsidR="009E1A16" w:rsidRPr="009E1A16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="003F30F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="734F960C" w14:textId="77777777" w:rsidR="003F30F6" w:rsidRPr="004755F4" w:rsidRDefault="003F30F6" w:rsidP="003F30F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11624" w:type="dxa"/>
         <w:tblInd w:w="-1001" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="709"/>
@@ -537,75 +527,93 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DA4E1A8" w14:textId="1AE8EE1C" w:rsidR="00E8378A" w:rsidRPr="004755F4" w:rsidRDefault="00E8378A" w:rsidP="004836ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6971DF97" w14:textId="77777777" w:rsidR="00E8378A" w:rsidRPr="004755F4" w:rsidRDefault="00E8378A" w:rsidP="004836ED">
+          <w:p w14:paraId="6971DF97" w14:textId="3CBBC571" w:rsidR="00E8378A" w:rsidRPr="00263E90" w:rsidRDefault="00E8378A" w:rsidP="004836ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004755F4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество </w:t>
             </w:r>
             <w:r w:rsidRPr="004755F4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>GTIN</w:t>
+            </w:r>
+            <w:r w:rsidR="00263E90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00263E90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>GLN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E2F5DBB" w14:textId="44FDA7CD" w:rsidR="00E8378A" w:rsidRPr="004755F4" w:rsidRDefault="00E8378A" w:rsidP="004836ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004755F4">
               <w:rPr>
@@ -8676,178 +8684,181 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>68435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4093EF75" w14:textId="77777777" w:rsidR="00B54FD7" w:rsidRDefault="00B54FD7" w:rsidP="00370F8F"/>
     <w:sectPr w:rsidR="00B54FD7" w:rsidSect="000B6B9E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="047890D2" w14:textId="77777777" w:rsidR="00947EB2" w:rsidRDefault="00947EB2" w:rsidP="000E764E">
+    <w:p w14:paraId="5A36CA6F" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FCFC602" w14:textId="77777777" w:rsidR="00947EB2" w:rsidRDefault="00947EB2" w:rsidP="000E764E">
+    <w:p w14:paraId="54FE4FEB" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3579244B" w14:textId="77777777" w:rsidR="00947EB2" w:rsidRDefault="00947EB2" w:rsidP="000E764E">
+    <w:p w14:paraId="235C51A2" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EAF33DF" w14:textId="77777777" w:rsidR="00947EB2" w:rsidRDefault="00947EB2" w:rsidP="000E764E">
+    <w:p w14:paraId="5225CE12" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F016A7"/>
     <w:rsid w:val="00024BBC"/>
     <w:rsid w:val="0003163A"/>
     <w:rsid w:val="00045156"/>
     <w:rsid w:val="00045E3C"/>
     <w:rsid w:val="00066A4F"/>
+    <w:rsid w:val="000939E1"/>
     <w:rsid w:val="000A64A5"/>
     <w:rsid w:val="000B6B9E"/>
     <w:rsid w:val="000E764E"/>
     <w:rsid w:val="00110108"/>
     <w:rsid w:val="00141057"/>
     <w:rsid w:val="00143897"/>
     <w:rsid w:val="00170735"/>
     <w:rsid w:val="00183AC5"/>
     <w:rsid w:val="001C552B"/>
     <w:rsid w:val="00260ECA"/>
+    <w:rsid w:val="00263E90"/>
     <w:rsid w:val="00272687"/>
     <w:rsid w:val="002B6F7B"/>
+    <w:rsid w:val="002C121B"/>
     <w:rsid w:val="002E07FD"/>
     <w:rsid w:val="0032187F"/>
     <w:rsid w:val="00370F8F"/>
     <w:rsid w:val="003856E9"/>
     <w:rsid w:val="00387AD6"/>
     <w:rsid w:val="003A3CA3"/>
     <w:rsid w:val="003C4EA3"/>
     <w:rsid w:val="003D13FF"/>
     <w:rsid w:val="003F30F6"/>
     <w:rsid w:val="003F3AC4"/>
     <w:rsid w:val="00405BD4"/>
     <w:rsid w:val="004755F4"/>
     <w:rsid w:val="004836ED"/>
     <w:rsid w:val="004A279E"/>
     <w:rsid w:val="004D156E"/>
     <w:rsid w:val="004D7A5C"/>
     <w:rsid w:val="004E37F2"/>
     <w:rsid w:val="00517A1A"/>
     <w:rsid w:val="005742A9"/>
     <w:rsid w:val="00593ED6"/>
     <w:rsid w:val="00596E47"/>
     <w:rsid w:val="005B4B32"/>
     <w:rsid w:val="005D1C76"/>
     <w:rsid w:val="006D3724"/>
     <w:rsid w:val="006E2D9A"/>
@@ -9857,77 +9868,77 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72FDF396-3B18-46E3-8B8B-E9CAA4CDF6A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4771448-C1B1-4784-8F04-4ED744F1232D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>387</Words>
-  <Characters>2208</Characters>
+  <Words>388</Words>
+  <Characters>2212</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2590</CharactersWithSpaces>
+  <CharactersWithSpaces>2595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Максим Н. Котов</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>