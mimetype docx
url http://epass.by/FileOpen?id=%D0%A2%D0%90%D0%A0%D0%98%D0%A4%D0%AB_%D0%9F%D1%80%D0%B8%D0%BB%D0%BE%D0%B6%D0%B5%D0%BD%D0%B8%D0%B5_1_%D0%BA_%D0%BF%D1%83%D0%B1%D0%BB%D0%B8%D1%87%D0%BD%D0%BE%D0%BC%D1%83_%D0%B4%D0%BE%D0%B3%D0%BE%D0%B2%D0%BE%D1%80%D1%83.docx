--- v1 (2025-12-14)
+++ v2 (2026-02-27)
@@ -283,52 +283,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13.12.</w:t>
       </w:r>
       <w:r w:rsidR="009E1A16" w:rsidRPr="009E1A16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="003F30F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="734F960C" w14:textId="77777777" w:rsidR="003F30F6" w:rsidRPr="004755F4" w:rsidRDefault="003F30F6" w:rsidP="003F30F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11624" w:type="dxa"/>
         <w:tblInd w:w="-1001" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="709"/>
@@ -8201,65 +8199,117 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52154DA9" w14:textId="7D2E9B02" w:rsidR="00E8378A" w:rsidRPr="00045E3C" w:rsidRDefault="00E8378A" w:rsidP="00C56A1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5717" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2756BF" w14:textId="03884044" w:rsidR="00E8378A" w:rsidRPr="00045E3C" w:rsidRDefault="00D9203C" w:rsidP="00C56A1A">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Увеличение количества свыше 100 000 GTIN производится кратно 10 000, при этом стоимость каждых 10 000 GTIN составляет 505 </w:t>
+          <w:p w14:paraId="0E2756BF" w14:textId="6D5E9B4C" w:rsidR="00E8378A" w:rsidRPr="00045E3C" w:rsidRDefault="00D9203C" w:rsidP="00C56A1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D9203C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Увеличение количества свыше 100 000 GTIN</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA23FD" w:rsidRPr="00DA23FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA23FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>GLN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D9203C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> производится кратно 10 000, при этом стоимость каждых 10 000 GTIN</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA23FD" w:rsidRPr="00DA23FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA23FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>GLN</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00D9203C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> составляет 505 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>белорусских рублей,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9203C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 42708 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>российских рублей,</w:t>
             </w:r>
@@ -8684,166 +8734,167 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>68435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4093EF75" w14:textId="77777777" w:rsidR="00B54FD7" w:rsidRDefault="00B54FD7" w:rsidP="00370F8F"/>
     <w:sectPr w:rsidR="00B54FD7" w:rsidSect="000B6B9E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A36CA6F" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
+    <w:p w14:paraId="0F21A343" w14:textId="77777777" w:rsidR="00085EAC" w:rsidRDefault="00085EAC" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54FE4FEB" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
+    <w:p w14:paraId="24D857A3" w14:textId="77777777" w:rsidR="00085EAC" w:rsidRDefault="00085EAC" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="235C51A2" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
+    <w:p w14:paraId="3B59503A" w14:textId="77777777" w:rsidR="00085EAC" w:rsidRDefault="00085EAC" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5225CE12" w14:textId="77777777" w:rsidR="000939E1" w:rsidRDefault="000939E1" w:rsidP="000E764E">
+    <w:p w14:paraId="5D4CF2B6" w14:textId="77777777" w:rsidR="00085EAC" w:rsidRDefault="00085EAC" w:rsidP="000E764E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F016A7"/>
     <w:rsid w:val="00024BBC"/>
     <w:rsid w:val="0003163A"/>
     <w:rsid w:val="00045156"/>
     <w:rsid w:val="00045E3C"/>
     <w:rsid w:val="00066A4F"/>
+    <w:rsid w:val="00085EAC"/>
     <w:rsid w:val="000939E1"/>
     <w:rsid w:val="000A64A5"/>
     <w:rsid w:val="000B6B9E"/>
     <w:rsid w:val="000E764E"/>
     <w:rsid w:val="00110108"/>
     <w:rsid w:val="00141057"/>
     <w:rsid w:val="00143897"/>
     <w:rsid w:val="00170735"/>
     <w:rsid w:val="00183AC5"/>
     <w:rsid w:val="001C552B"/>
     <w:rsid w:val="00260ECA"/>
     <w:rsid w:val="00263E90"/>
     <w:rsid w:val="00272687"/>
     <w:rsid w:val="002B6F7B"/>
     <w:rsid w:val="002C121B"/>
     <w:rsid w:val="002E07FD"/>
     <w:rsid w:val="0032187F"/>
     <w:rsid w:val="00370F8F"/>
     <w:rsid w:val="003856E9"/>
     <w:rsid w:val="00387AD6"/>
     <w:rsid w:val="003A3CA3"/>
     <w:rsid w:val="003C4EA3"/>
     <w:rsid w:val="003D13FF"/>
     <w:rsid w:val="003F30F6"/>
     <w:rsid w:val="003F3AC4"/>
@@ -8885,50 +8936,51 @@
     <w:rsid w:val="00A61D11"/>
     <w:rsid w:val="00A81990"/>
     <w:rsid w:val="00B103F7"/>
     <w:rsid w:val="00B268B2"/>
     <w:rsid w:val="00B5257D"/>
     <w:rsid w:val="00B54FD7"/>
     <w:rsid w:val="00B57760"/>
     <w:rsid w:val="00B76774"/>
     <w:rsid w:val="00B9650E"/>
     <w:rsid w:val="00BC5111"/>
     <w:rsid w:val="00BE06A2"/>
     <w:rsid w:val="00BE5DFE"/>
     <w:rsid w:val="00C01B68"/>
     <w:rsid w:val="00C12394"/>
     <w:rsid w:val="00C56A1A"/>
     <w:rsid w:val="00C83F71"/>
     <w:rsid w:val="00C84B0E"/>
     <w:rsid w:val="00C9200A"/>
     <w:rsid w:val="00C9314F"/>
     <w:rsid w:val="00CD4440"/>
     <w:rsid w:val="00D35094"/>
     <w:rsid w:val="00D51358"/>
     <w:rsid w:val="00D73AA3"/>
     <w:rsid w:val="00D9203C"/>
     <w:rsid w:val="00D94A05"/>
+    <w:rsid w:val="00DA23FD"/>
     <w:rsid w:val="00DB0FE1"/>
     <w:rsid w:val="00DC03DA"/>
     <w:rsid w:val="00DF3B03"/>
     <w:rsid w:val="00DF3E13"/>
     <w:rsid w:val="00E12E4C"/>
     <w:rsid w:val="00E227EE"/>
     <w:rsid w:val="00E339DF"/>
     <w:rsid w:val="00E4648E"/>
     <w:rsid w:val="00E510D9"/>
     <w:rsid w:val="00E8378A"/>
     <w:rsid w:val="00EC3BCC"/>
     <w:rsid w:val="00ED4C7B"/>
     <w:rsid w:val="00EE6306"/>
     <w:rsid w:val="00F016A7"/>
     <w:rsid w:val="00F041E4"/>
     <w:rsid w:val="00F11EE1"/>
     <w:rsid w:val="00F543A5"/>
     <w:rsid w:val="00F56694"/>
     <w:rsid w:val="00F6510F"/>
     <w:rsid w:val="00F71C7A"/>
     <w:rsid w:val="00F87FBE"/>
     <w:rsid w:val="00FA4F62"/>
     <w:rsid w:val="00FC4CA6"/>
   </w:rsids>
   <m:mathPr>
@@ -9868,77 +9920,77 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4771448-C1B1-4784-8F04-4ED744F1232D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41031CCE-591F-482A-BBC5-072803A7EC4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>388</Words>
-  <Characters>2212</Characters>
+  <Words>389</Words>
+  <Characters>2221</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2595</CharactersWithSpaces>
+  <CharactersWithSpaces>2605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Максим Н. Котов</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>